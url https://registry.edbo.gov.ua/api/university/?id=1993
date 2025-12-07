--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -836,51 +836,51 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>82</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>28</v>
       </c>
       <c r="C5" s="7" t="n">