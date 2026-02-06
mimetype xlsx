--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -790,142 +790,142 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8263 Швачка</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>14</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>