--- v0 (2025-11-30)
+++ v1 (2026-02-26)
@@ -1067,165 +1067,165 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>17</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>79</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7141 Маляр</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7233 Слюсар-ремонтник</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>55</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8211 Токар</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C9" s="7" t="n">