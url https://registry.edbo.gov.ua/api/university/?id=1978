--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -1797,95 +1797,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>61115</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Конструювання, виробництво та технічне обслуговування радіотехнічних пристроїв</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
+          <t>ДО 006767</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
-        <v>46015</v>
+        <v>48030</v>
       </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
         <v>85717</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Монтаж і експлуатація електроустаткування підприємств і цивільних споруд</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I8" s="9"/>
+          <t>ДО 006555</t>
+        </is>
+      </c>
+      <c r="I8" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
@@ -2056,51 +2058,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>