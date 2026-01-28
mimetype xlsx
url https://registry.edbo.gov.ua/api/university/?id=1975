--- v0 (2025-11-29)
+++ v1 (2026-01-28)
@@ -1227,51 +1227,51 @@
       </c>
       <c r="B8" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 8263 Вишивальник</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>67</v>
       </c>
       <c r="C10" s="7" t="n">