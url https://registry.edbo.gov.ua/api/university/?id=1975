--- v1 (2026-01-28)
+++ v2 (2026-03-17)
@@ -1112,189 +1112,189 @@
       <c r="B3" s="7" t="n">
         <v>51</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7214 Монтажник з монтажу сталевих та залізобетонних конструкцій
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>43</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7331 Різьбяр по дереву та бересту</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7139 Опоряджувальник будівельний</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7421 Верстатник деревообробних верстатів
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 8263 Вишивальник</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>