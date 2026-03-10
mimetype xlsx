--- v0 (2026-01-09)
+++ v1 (2026-03-10)
@@ -373,61 +373,65 @@
         <is>
           <t>м. Сквира</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Незалежності, 141</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>80446851794;</t>
+          <t>+38(804)-468-51-79</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>skviravpu@ukr.net</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
@@ -1651,51 +1655,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>20</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
@@ -1719,51 +1723,51 @@
       </c>
       <c r="B4" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7239 Авторемонтник</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>208</v>
       </c>
       <c r="C6" s="8" t="n">
@@ -1813,51 +1817,51 @@
       </c>
       <c r="B8" s="8" t="n">
         <v>92</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7241 Слюсар-електрик з ремонту електроустаткування
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
         <v>51</v>
       </c>
       <c r="C10" s="8" t="n">