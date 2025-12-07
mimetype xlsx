--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -798,74 +798,74 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7213 Рихтувальник кузовів
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7241 Слюсар-електрик з ремонту електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>128</v>
       </c>
       <c r="C4" s="7" t="n">