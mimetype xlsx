--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -798,74 +798,74 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7213 Рихтувальник кузовів
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>284</v>
+        <v>228</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7241 Слюсар-електрик з ремонту електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>128</v>
       </c>
       <c r="C4" s="7" t="n">