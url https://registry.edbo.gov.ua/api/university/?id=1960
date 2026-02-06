--- v0 (2025-12-07)
+++ v1 (2026-02-06)
@@ -849,74 +849,74 @@
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>21</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>243</v>
+        <v>216</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7241 Слюсар-електрик з ремонту електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>24</v>
       </c>
       <c r="C7" s="7" t="n">