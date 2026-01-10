--- v0 (2025-11-07)
+++ v1 (2026-01-10)
@@ -622,51 +622,51 @@
         <v>47275</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>5230 Продавець (з лотка, на ринку)
 </t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C9" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D9" s="9" t="n">
         <v>43282</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>7233 Слюсар з ремонту сільськогосподарської техніки
+          <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів (категорія C)
 8332 Машиніст крана автомобільного
 </t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C10" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D10" s="9" t="n">
         <v>47275</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>8321 Водій мототранспортних засобів (категорія A1)
 </t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
@@ -758,188 +758,188 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів
 8322 Водій автотранспортних засобів (категорія B, C)
 </t>
         </is>
       </c>
       <c r="B16" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C16" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D16" s="9" t="n">
         <v>43282</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія A1)
 </t>
         </is>
       </c>
       <c r="B17" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C17" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D17" s="9" t="n">
         <v>47275</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія D1)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія D1)
 </t>
         </is>
       </c>
       <c r="B18" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C18" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D18" s="9" t="n">
         <v>47275</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A2, B1)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія A2, B1)
 </t>
         </is>
       </c>
       <c r="B19" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C19" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D19" s="9" t="n">
         <v>47275</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A2)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія A2)
 </t>
         </is>
       </c>
       <c r="B20" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C20" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D20" s="9" t="n">
         <v>47275</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія B1)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія B1)
 </t>
         </is>
       </c>
       <c r="B21" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C21" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D21" s="9" t="n">
         <v>47275</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1, A2, B1)
-7233 Слюсар з ремонту сільськогосподарської техніки
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія A1, A2, B1)
+7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 </t>
         </is>
       </c>
       <c r="B22" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C22" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D22" s="9" t="n">
         <v>43282</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1, A2, B1)
-7233 Слюсар з ремонту сільськогосподарської техніки
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія A1, A2, B1)
+7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
       <c r="B23" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C23" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D23" s="9" t="n">
         <v>47275</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1, A2, B1)
-7233 Слюсар з ремонту сільськогосподарської техніки
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія A1, A2, B1)
+7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів (категорія C)
 8332 Машиніст крана автомобільного
 </t>
         </is>
       </c>
       <c r="B24" s="7" t="n">
         <v>90</v>
       </c>
       <c r="C24" s="8" t="inlineStr">
         <is>
           <t>PД 000659</t>
         </is>
       </c>
       <c r="D24" s="9" t="n">
         <v>43282</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>8332 Машиніст крана автомобільного
 </t>
         </is>
       </c>
       <c r="B25" s="7" t="n">
@@ -1076,51 +1076,51 @@
       <c r="B4" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту сільськогосподарської техніки
 8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарської техніки
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>92</v>
       </c>