--- v0 (2025-11-07)
+++ v1 (2026-01-10)
@@ -779,51 +779,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>44</v>
       </c>
       <c r="C4" s="7" t="n">