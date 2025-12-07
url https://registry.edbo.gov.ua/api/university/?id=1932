--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -1036,51 +1036,51 @@
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>19</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7139 Опоряджувальник будівельний</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7324 Живописець
 5312 Оформлювач вітрин, приміщень та будівель</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>50</v>
       </c>
       <c r="C6" s="7" t="n">