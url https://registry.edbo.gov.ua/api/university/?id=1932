--- v1 (2025-12-07)
+++ v2 (2026-02-09)
@@ -1036,74 +1036,74 @@
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>19</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7139 Опоряджувальник будівельний</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7324 Живописець
 5312 Оформлювач вітрин, приміщень та будівель</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>26</v>
       </c>
       <c r="C7" s="7" t="n">