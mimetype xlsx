--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -875,51 +875,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>31</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>94</v>
       </c>
       <c r="C4" s="7" t="n">