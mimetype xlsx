--- v1 (2025-12-04)
+++ v2 (2025-12-15)
@@ -875,51 +875,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>31</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>94</v>
       </c>
       <c r="C4" s="7" t="n">