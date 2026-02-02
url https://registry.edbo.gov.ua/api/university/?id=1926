--- v2 (2025-12-15)
+++ v3 (2026-02-02)
@@ -875,121 +875,121 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>31</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>114</v>
+        <v>88</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>94</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>