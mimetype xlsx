--- v0 (2025-10-16)
+++ v1 (2026-02-04)
@@ -864,74 +864,74 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4121 Офісний службовець (бухгалтерія)</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4222 Офіс-адміністратор</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C4" s="7" t="n">
@@ -956,51 +956,51 @@
       </c>
       <c r="B5" s="7" t="n">
         <v>29</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 4222 Офіс-адміністратор</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>28</v>
       </c>
       <c r="C7" s="7" t="n">
@@ -1047,119 +1047,119 @@
       </c>
       <c r="B9" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>141</v>
+        <v>112</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
         <v>46</v>
       </c>
       <c r="C14" s="7" t="n">