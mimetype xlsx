--- v0 (2025-10-13)
+++ v1 (2026-01-27)
@@ -933,73 +933,73 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>26</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>89</v>
       </c>