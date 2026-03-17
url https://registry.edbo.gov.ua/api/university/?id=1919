--- v1 (2026-01-27)
+++ v2 (2026-03-17)
@@ -357,77 +357,69 @@
         <is>
           <t>м. Ржищів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Соборна, 110</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+380674020805</t>
+          <t>+38(066)-326-09-65;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Рябокляч Костянтин Олексійович</t>
         </is>
       </c>
     </row>
@@ -933,51 +925,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>26</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>