--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -933,51 +933,51 @@
       <c r="B4" s="7" t="n">
         <v>140</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>28</v>
       </c>