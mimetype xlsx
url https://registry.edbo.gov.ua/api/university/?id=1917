--- v1 (2026-01-07)
+++ v2 (2026-03-05)
@@ -886,98 +886,98 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>28</v>
       </c>