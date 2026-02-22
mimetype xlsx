--- v0 (2025-12-17)
+++ v1 (2026-02-22)
@@ -794,51 +794,51 @@
         </is>
       </c>
       <c r="B2" s="7" t="n">
         <v>14</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7241 Електромеханік з ремонту та обслуговування лічильно-обчислювальних машин</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>8113 Помічник бурильника експлуатаційного та розвідувального буріння свердловин на нафту й газ</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>13</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>