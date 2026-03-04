--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -963,74 +963,74 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник на автоматичних та напівавтоматичних машинах
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>61</v>
       </c>
@@ -1059,75 +1059,75 @@
       <c r="B5" s="7" t="n">
         <v>28</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 7412 Кондитер
 5122 Кухар</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар-ремонтник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>1</v>
       </c>
@@ -1180,51 +1180,51 @@
       </c>
       <c r="B10" s="7" t="n">
         <v>10</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>1</v>
       </c>