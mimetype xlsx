--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -699,51 +699,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>48</v>
       </c>