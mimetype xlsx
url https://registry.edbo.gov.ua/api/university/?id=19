--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$268</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$154</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$155</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -698,51 +698,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>1064</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -828,51 +828,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -974,55 +974,55 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
-          <t> 13877</t>
+          <t> 18719</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
-        <v>46183</v>
+        <v>46309</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
@@ -1241,51 +1241,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>055</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -5913,55 +5913,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
         <v>35132</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="7" t="inlineStr">
         <is>
-          <t>- 13877</t>
+          <t>- 18719</t>
         </is>
       </c>
       <c r="I104" s="9" t="n">
-        <v>46183</v>
+        <v>46309</v>
       </c>
       <c r="J104" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K104" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D105" s="3"/>
@@ -6695,54 +6695,56 @@
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>84591</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I122" s="9"/>
       <c r="J122" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K122" s="9"/>
+          <t>УД 05009525</t>
+        </is>
+      </c>
+      <c r="K122" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
         <v>84601</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
@@ -6939,54 +6941,56 @@
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>84594</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I128" s="9"/>
       <c r="J128" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K128" s="9"/>
+          <t>УД 11016819</t>
+        </is>
+      </c>
+      <c r="K128" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>84596</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
@@ -7060,54 +7064,56 @@
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>84597</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I131" s="9"/>
       <c r="J131" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K131" s="9"/>
+          <t>УД 11016698</t>
+        </is>
+      </c>
+      <c r="K131" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
         <v>72691</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
@@ -7220,54 +7226,56 @@
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
         <v>84599</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K135" s="9"/>
+          <t>НД 0592994</t>
+        </is>
+      </c>
+      <c r="K135" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>84531</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
@@ -7300,54 +7308,56 @@
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>84600</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I137" s="9"/>
       <c r="J137" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K137" s="9"/>
+          <t>УД 11016818</t>
+        </is>
+      </c>
+      <c r="K137" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>745</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
@@ -7472,55 +7482,55 @@
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>53309</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="7" t="inlineStr">
         <is>
-          <t>- 9392</t>
+          <t>- 18716</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
-        <v>45987</v>
+        <v>46309</v>
       </c>
       <c r="J141" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
@@ -7568,55 +7578,55 @@
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
         <v>61819</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="7" t="inlineStr">
         <is>
-          <t>- 9474</t>
+          <t>- 18714</t>
         </is>
       </c>
       <c r="I143" s="9" t="n">
-        <v>46001</v>
+        <v>46309</v>
       </c>
       <c r="J143" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
@@ -8044,55 +8054,55 @@
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
         <v>20272</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H153" s="7" t="inlineStr">
         <is>
-          <t>- 9480</t>
+          <t>- 18715</t>
         </is>
       </c>
       <c r="I153" s="9" t="n">
-        <v>46001</v>
+        <v>46309</v>
       </c>
       <c r="J153" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K153" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D154" s="3"/>
@@ -10724,55 +10734,55 @@
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
         <v>21577</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
           <t>Міжнародний бізнес</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
-          <t>- 9516</t>
+          <t>- 18718</t>
         </is>
       </c>
       <c r="I211" s="9" t="n">
-        <v>46001</v>
+        <v>46309</v>
       </c>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D212" s="3"/>
@@ -11758,54 +11768,56 @@
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
         <v>84622</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
           <t>Врегулювання конфліктів та медіація</t>
         </is>
       </c>
       <c r="G233" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I233" s="9"/>
       <c r="J233" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K233" s="9"/>
+          <t>УД 11016705</t>
+        </is>
+      </c>
+      <c r="K233" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
         <v>84623</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
           <t>Журналістика. Медіакомунікації та зв'язки з громадськістю</t>
         </is>
@@ -11936,54 +11948,56 @@
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
         <v>84626</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G237" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H237" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I237" s="9"/>
       <c r="J237" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K237" s="9"/>
+          <t>УД 11016820</t>
+        </is>
+      </c>
+      <c r="K237" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
         <v>84832</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій і адміністрування</t>
         </is>
@@ -12165,140 +12179,146 @@
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
         <v>84547</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G242" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H242" s="7" t="inlineStr">
         <is>
           <t>- 16108</t>
         </is>
       </c>
       <c r="I242" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J242" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K242" s="9"/>
+          <t>УД 11016711</t>
+        </is>
+      </c>
+      <c r="K242" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
         <v>84869</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
           <t>Управління територіальною громадою</t>
         </is>
       </c>
       <c r="G243" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H243" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I243" s="9"/>
       <c r="J243" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K243" s="9"/>
+          <t>УД 11016711</t>
+        </is>
+      </c>
+      <c r="K243" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
         <v>84627</v>
       </c>
       <c r="F244" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G244" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H244" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I244" s="9"/>
       <c r="J244" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K244" s="9"/>
+          <t>УД 11016709</t>
+        </is>
+      </c>
+      <c r="K244" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
         <v>72700</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
@@ -12339,54 +12359,56 @@
           <t>Екологія</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
         <v>84629</v>
       </c>
       <c r="F246" s="3" t="inlineStr">
         <is>
           <t>Екологія та стале природокористування</t>
         </is>
       </c>
       <c r="G246" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H246" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I246" s="9"/>
       <c r="J246" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K246" s="9"/>
+          <t>НД 0592995</t>
+        </is>
+      </c>
+      <c r="K246" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
         <v>84545</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
@@ -13331,51 +13353,51 @@
       <c r="I268" s="9"/>
       <c r="J268" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K268" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K268"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I154"/>
+  <dimension ref="A1:I155"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -13449,51 +13471,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -13560,87 +13582,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -13670,51 +13692,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -13781,51 +13803,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Новогрецька мова і література (переклад включно)</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Культурологія та музеєзнавство</t>
@@ -13844,54 +13866,54 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
@@ -13914,91 +13936,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -14017,117 +14039,117 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -14218,213 +14240,213 @@
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
@@ -14446,54 +14468,54 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -14841,54 +14863,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -15553,51 +15575,51 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>65</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
@@ -15688,51 +15710,51 @@
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -15754,51 +15776,51 @@
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>80</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -15919,51 +15941,51 @@
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>38</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
@@ -16393,121 +16415,121 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E88" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -16567,51 +16589,51 @@
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
@@ -16707,54 +16729,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -16776,84 +16798,84 @@
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -16974,147 +16996,147 @@
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -17136,54 +17158,54 @@
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -17993,54 +18015,54 @@
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -18158,87 +18180,87 @@
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
@@ -18346,341 +18368,374 @@
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
+        <v>5</v>
+      </c>
+      <c r="F154" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="G154" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H154" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I154" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B155" s="7" t="inlineStr">
+        <is>
+          <t>292</t>
+        </is>
+      </c>
+      <c r="C155" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D155" s="3"/>
+      <c r="E155" s="6" t="n">
         <v>3</v>
       </c>
-      <c r="F154" s="6" t="n">
+      <c r="F155" s="6" t="n">
         <v>2</v>
       </c>
-      <c r="G154" s="6" t="n">
-[...5 lines deleted...]
-      <c r="I154" s="6" t="n">
+      <c r="G155" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H155" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I154"/>
+  <autoFilter ref="A1:I155"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>