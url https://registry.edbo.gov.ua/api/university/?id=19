--- v1 (2025-12-07)
+++ v2 (2026-02-03)
@@ -13692,51 +13692,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -14072,51 +14072,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>59</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
@@ -15180,51 +15180,51 @@
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -15509,120 +15509,120 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>66</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -15644,117 +15644,117 @@
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>30</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -16169,51 +16169,51 @@
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
@@ -16235,51 +16235,51 @@
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
@@ -17092,51 +17092,51 @@
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -17224,84 +17224,84 @@
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -17401,120 +17401,120 @@
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
@@ -17537,51 +17537,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -17751,87 +17751,87 @@
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -17850,51 +17850,51 @@
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -17982,117 +17982,117 @@
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
@@ -18183,84 +18183,84 @@
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>