--- v2 (2026-02-03)
+++ v3 (2026-03-20)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$268</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$155</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$150</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1515,51 +1515,51 @@
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>396</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t>НД 0585907</t>
         </is>
       </c>
       <c r="K2" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>20182</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -1597,190 +1597,190 @@
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>40129</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>49380</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Англійська і німецька мови, зарубіжна література</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>57221</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>61817</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>53316</v>
@@ -1824,906 +1824,906 @@
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>31667</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Історія</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t>НД 0585909</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>64332</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Історія</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t>НД 0585909</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Мова і література</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
         <v>31662</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (німецька)</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Мова і література</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
         <v>31666</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
         <v>36413</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>54509</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Англійська і німецька мови, зарубіжна література</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K14" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Мова і література (італійська)</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>36416</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (італійська)</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Мова і література (німецька)</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>36419</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (німецька)</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Мова і література (новогрецька)</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
         <v>36421</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (новогрецька)</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Мова і література (російська)</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
         <v>36423</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (російська)</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K18" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Мова і література (російська)</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>51899</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Російська і англійська мови</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K19" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Мова і література (французька)</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>36422</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (французька)</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
         <v>40130</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (німецька)</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>49381</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Німецька і новогрецька мови, зарубіжна література</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Російська мова і література</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
         <v>40135</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (російська)</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K23" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Російська мова і література</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>49382</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Російська і англійська мови</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K24" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>31660</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Українська мова і література</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t>НД 0596530</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>53307</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Cередня освіта. Українська мова і література, зарубіжна література</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="7" t="inlineStr">
         <is>
           <t>НД 0596530</t>
         </is>
       </c>
       <c r="K26" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
         <v>31668</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізична культура</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t>НД 0592991</t>
         </is>
       </c>
       <c r="K27" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Французька мова і література</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
         <v>40131</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова і література (французька)</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="7" t="inlineStr">
         <is>
-          <t>НД 0596533</t>
+          <t>НД 0596536</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>57585</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -2798,133 +2798,133 @@
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>923</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t>НД 0585908</t>
         </is>
       </c>
       <c r="K31" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>48861</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Документознавство, керування документаційними процесами</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t>НД 0585908</t>
         </is>
       </c>
       <c r="K32" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>160</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t>НД 0585910</t>
         </is>
       </c>
       <c r="K33" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>747</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
@@ -3005,1696 +3005,1696 @@
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
         <v>51092</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (англійська)</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K36" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
         <v>51093</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (німецька)</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
         <v>51094</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Філологія. Переклад (англійська)</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
         <v>31671</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (англійська)</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
         <v>31672</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Філологія. Переклад (англійська)</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
         <v>48865</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Філологія (англійська, французька)</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
         <v>48866</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Усний та письмовий переклад (англійська, німецька)</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I42" s="9"/>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K42" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
         <v>56204</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Філологія (англійська, німецька)</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K43" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
         <v>57223</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Прикладна філологія</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K44" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
         <v>57582</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Філологія. Англійська мова і література. Перекладознавчі студії</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K45" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
         <v>31674</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (німецька)</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I46" s="9"/>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K46" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
         <v>48867</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Філологія (німецька, англійська)</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I47" s="9"/>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K47" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>класичні мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
         <v>51095</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (новогрецька)</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I48" s="9"/>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K48" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>класичні мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
         <v>51096</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Філологія. Переклад (новогрецька)</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I49" s="9"/>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K49" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>новогрецька мова і література (переклад включно)</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
         <v>31678</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (новогрецька)</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I50" s="9"/>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K50" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>новогрецька мова і література (переклад включно)</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
         <v>31679</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Філологія. Переклад (новогрецька)</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I51" s="9"/>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K51" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>новогрецька мова і література (переклад включно)</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
         <v>48869</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Новогрецька мова та література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I52" s="9"/>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K52" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>51099</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (італійська)</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
         <v>51100</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Філологія. Переклад (італійська)</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I54" s="9"/>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K54" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
         <v>51101</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (французька)</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K55" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
         <v>31675</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (італійська)</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K56" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
         <v>31676</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Філологія. Переклад (італійська)</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
         <v>48868</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Переклад (італійська, англійська мови)</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K58" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
         <v>31677</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (французька)</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I59" s="9"/>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K59" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>слов`янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
         <v>51097</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (російська)</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K60" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>слов`янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
         <v>51098</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Філологія. Переклад (українська, російська, польська)</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
         <v>63376</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Польсько-українські філологічні студії</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I62" s="9"/>
       <c r="J62" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K62" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
         <v>31670</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Філологія. Переклад (українська, російська, польська)</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
         <v>31724</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Філологія. Мова та література (російська)</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I64" s="9"/>
       <c r="J64" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K64" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E65" s="6" t="n">
         <v>48863</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Прикладна філологія (російська, англійська)</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K65" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
         <v>48864</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Переклад, міжкультурна та ділова комунікація (російська, польська)</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I66" s="9"/>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K66" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
         <v>31669</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Філологія. Українська мова та література</t>
         </is>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K67" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
         <v>53308</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Філологія. Українська мова та література, редагування</t>
         </is>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t>НД 0585911</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="7" t="inlineStr">
         <is>
           <t>УД 11016694</t>
         </is>
       </c>
       <c r="K69" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>53817</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t>УД 11016694</t>
         </is>
       </c>
       <c r="K70" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>53895</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I71" s="9"/>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t>УД 11016694</t>
         </is>
       </c>
       <c r="K71" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>53896</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t>УД 11016694</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>1007</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="7" t="inlineStr">
         <is>
           <t>УД 05009525</t>
         </is>
       </c>
       <c r="K73" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>495</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Практична психологія</t>
@@ -4773,133 +4773,133 @@
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>563</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t>НД 0585915</t>
         </is>
       </c>
       <c r="K76" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
         <v>31682</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Журналістика. Реклама та зв'язки з громадськістю</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="7" t="inlineStr">
         <is>
           <t>НД 0585915</t>
         </is>
       </c>
       <c r="K77" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>50223</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Журналістика та соціальна комунікація</t>
         </is>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t>НД 0585915</t>
         </is>
       </c>
       <c r="K78" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>53827</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -4978,51 +4978,51 @@
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>60088</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="7" t="inlineStr">
         <is>
           <t>УД 11016819</t>
         </is>
       </c>
       <c r="K81" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
         <v>461</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -5349,51 +5349,51 @@
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>53819</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t>УД 11016698</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>161</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -5636,51 +5636,51 @@
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>53828</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="7" t="inlineStr">
         <is>
           <t>УД 11016702</t>
         </is>
       </c>
       <c r="K97" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>774</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -5718,51 +5718,51 @@
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>60023</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="7" t="inlineStr">
         <is>
           <t>УД 11016818</t>
         </is>
       </c>
       <c r="K99" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
         <v>35133</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -5800,133 +5800,133 @@
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>20770</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="7" t="inlineStr">
         <is>
           <t>НД 0585914</t>
         </is>
       </c>
       <c r="K101" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
         <v>57583</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини та регіональні студії</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="7" t="inlineStr">
         <is>
           <t>НД 0585914</t>
         </is>
       </c>
       <c r="K102" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
         <v>20769</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
           <t>Міжнародний бізнес</t>
         </is>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I103" s="9"/>
       <c r="J103" s="7" t="inlineStr">
         <is>
           <t>НД 0585918</t>
         </is>
       </c>
       <c r="K103" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
         <v>35132</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -5964,51 +5964,51 @@
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>85577</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I105" s="9"/>
       <c r="J105" s="7" t="inlineStr">
         <is>
           <t>УД 05020330</t>
         </is>
       </c>
       <c r="K105" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>85578</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Викладання англійської мови в початковій школі</t>
@@ -6048,141 +6048,141 @@
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
         <v>84564</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I107" s="9"/>
       <c r="J107" s="7" t="inlineStr">
         <is>
           <t>УД 05020332</t>
         </is>
       </c>
       <c r="K107" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
         <v>84566</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Історія</t>
         </is>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="7" t="inlineStr">
         <is>
           <t>УД 05020333</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
         <v>84478</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
           <t>Cередня освіта. Українська мова і література, зарубіжна література</t>
         </is>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I109" s="9"/>
       <c r="J109" s="7" t="inlineStr">
         <is>
           <t>УД 05020331</t>
         </is>
       </c>
       <c r="K109" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>84568</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -6222,276 +6222,276 @@
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E111" s="6" t="n">
         <v>85451</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Філологія. Англійська мова і література</t>
         </is>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="7" t="inlineStr">
         <is>
           <t>УД 05020336</t>
         </is>
       </c>
       <c r="K111" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
         <v>85452</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Усний та письмовий переклад (англійська, німецька)</t>
         </is>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="7" t="inlineStr">
         <is>
           <t>УД 05020336</t>
         </is>
       </c>
       <c r="K112" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
           <t>Новогрецька мова і література (переклад включно)</t>
         </is>
       </c>
       <c r="E113" s="6" t="n">
         <v>85454</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Новогрецька мова та література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="7" t="inlineStr">
         <is>
           <t>УД 05020336</t>
         </is>
       </c>
       <c r="K113" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
           <t>Романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E114" s="6" t="n">
         <v>85453</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Переклад (італійська, англійська мови)</t>
         </is>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I114" s="9"/>
       <c r="J114" s="7" t="inlineStr">
         <is>
           <t>УД 05020336</t>
         </is>
       </c>
       <c r="K114" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
           <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
         <v>85450</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
           <t>Польсько-українські філологічні студії</t>
         </is>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I115" s="9"/>
       <c r="J115" s="7" t="inlineStr">
         <is>
           <t>УД 05020336</t>
         </is>
       </c>
       <c r="K115" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
         <v>85448</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
           <t>Філологія. Українська мова та література, редагування</t>
         </is>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I116" s="9"/>
       <c r="J116" s="7" t="inlineStr">
         <is>
           <t>УД 05020336</t>
         </is>
       </c>
       <c r="K116" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
         <v>84571</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
           <t>Культурологія, культурно-дозвіллєва діяльність</t>
@@ -6527,264 +6527,264 @@
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
         <v>84569</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>Інформаційна справа, керування документаційними процесами</t>
         </is>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I118" s="9"/>
       <c r="J118" s="7" t="inlineStr">
         <is>
           <t>УД 05020334</t>
         </is>
       </c>
       <c r="K118" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
         <v>84570</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="7" t="inlineStr">
         <is>
           <t>УД 05020335</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
         <v>84803</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
           <t>Економіка праці та персоналу</t>
         </is>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I120" s="9"/>
       <c r="J120" s="7" t="inlineStr">
         <is>
           <t>УД 05020342</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
         <v>84805</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
           <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I121" s="9"/>
       <c r="J121" s="7" t="inlineStr">
         <is>
           <t>УД 05020342</t>
         </is>
       </c>
       <c r="K121" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>84591</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I122" s="9"/>
       <c r="J122" s="7" t="inlineStr">
         <is>
           <t>УД 05009525</t>
         </is>
       </c>
       <c r="K122" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
         <v>84601</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I123" s="9"/>
       <c r="J123" s="7" t="inlineStr">
         <is>
           <t>УД 05020346</t>
         </is>
       </c>
       <c r="K123" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>84485</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
           <t>Практична психологія</t>
@@ -6863,133 +6863,133 @@
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
         <v>84592</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
           <t>Журналістика та соціальна комунікація</t>
         </is>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I126" s="9"/>
       <c r="J126" s="7" t="inlineStr">
         <is>
           <t>УД 05020343</t>
         </is>
       </c>
       <c r="K126" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
         <v>84593</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I127" s="9"/>
       <c r="J127" s="7" t="inlineStr">
         <is>
           <t>УД 05020344</t>
         </is>
       </c>
       <c r="K127" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>84594</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I128" s="9"/>
       <c r="J128" s="7" t="inlineStr">
         <is>
           <t>УД 11016819</t>
         </is>
       </c>
       <c r="K128" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>84596</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -7068,51 +7068,51 @@
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>84597</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I131" s="9"/>
       <c r="J131" s="7" t="inlineStr">
         <is>
           <t>УД 11016698</t>
         </is>
       </c>
       <c r="K131" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
         <v>72691</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -7230,51 +7230,51 @@
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
         <v>84599</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="7" t="inlineStr">
         <is>
           <t>НД 0592994</t>
         </is>
       </c>
       <c r="K135" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>84531</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
@@ -7312,51 +7312,51 @@
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>84600</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I137" s="9"/>
       <c r="J137" s="7" t="inlineStr">
         <is>
           <t>УД 11016818</t>
         </is>
       </c>
       <c r="K137" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>745</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
@@ -10789,51 +10789,51 @@
       <c r="E212" s="6" t="n">
         <v>85579</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта. Інклюзія</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I212" s="9"/>
       <c r="J212" s="7" t="inlineStr">
         <is>
           <t>УД 05020347</t>
         </is>
       </c>
       <c r="K212" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
         <v>85580</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта та тьюторський супровід дитини</t>
@@ -10928,100 +10928,100 @@
       <c r="E215" s="6" t="n">
         <v>84618</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Історія</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I215" s="9"/>
       <c r="J215" s="7" t="inlineStr">
         <is>
           <t>УД 05020349</t>
         </is>
       </c>
       <c r="K215" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D216" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E216" s="6" t="n">
         <v>84610</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Українська мова і література</t>
         </is>
       </c>
       <c r="G216" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I216" s="9"/>
       <c r="J216" s="7" t="inlineStr">
         <is>
           <t>УД 05020348</t>
         </is>
       </c>
       <c r="K216" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
         <v>84619</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -11069,296 +11069,296 @@
       <c r="E218" s="6" t="n">
         <v>85457</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
           <t>Англійська мова, зарубіжна література та компаративістика</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I218" s="9"/>
       <c r="J218" s="7" t="inlineStr">
         <is>
           <t>УД 05020354</t>
         </is>
       </c>
       <c r="K218" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D219" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E219" s="6" t="n">
         <v>85458</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
           <t>Переклад (англійська, німецька)</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I219" s="9"/>
       <c r="J219" s="7" t="inlineStr">
         <is>
           <t>УД 05020354</t>
         </is>
       </c>
       <c r="K219" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D220" s="3" t="inlineStr">
         <is>
           <t>Новогрецька мова і література (переклад включно)</t>
         </is>
       </c>
       <c r="E220" s="6" t="n">
         <v>85460</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
           <t>Переклад і міжкультурна комунікація (новогрецька, англійська)</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I220" s="9"/>
       <c r="J220" s="7" t="inlineStr">
         <is>
           <t>УД 05020354</t>
         </is>
       </c>
       <c r="K220" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D221" s="3" t="inlineStr">
         <is>
           <t>Романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E221" s="6" t="n">
         <v>85459</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
           <t>Перекладознавчі студії: італійська мова та культура, англійська мова</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H221" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I221" s="9"/>
       <c r="J221" s="7" t="inlineStr">
         <is>
           <t>УД 05020354</t>
         </is>
       </c>
       <c r="K221" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D222" s="3" t="inlineStr">
         <is>
           <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E222" s="6" t="n">
         <v>85456</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
           <t>Прикладні філологічні студії</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I222" s="9"/>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t>УД 05020354</t>
         </is>
       </c>
       <c r="K222" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D223" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E223" s="6" t="n">
         <v>85455</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
           <t>Філологія. Українська мова та література</t>
         </is>
       </c>
       <c r="G223" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H223" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I223" s="9"/>
       <c r="J223" s="7" t="inlineStr">
         <is>
           <t>УД 05020354</t>
         </is>
       </c>
       <c r="K223" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
         <v>84540</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
           <t>Культурологія, культурне розмаїття та розвиток громади</t>
@@ -11404,239 +11404,239 @@
       <c r="E225" s="6" t="n">
         <v>84810</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
           <t>Інформаційна справа, розвиток цифрової громади</t>
         </is>
       </c>
       <c r="G225" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H225" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I225" s="9"/>
       <c r="J225" s="7" t="inlineStr">
         <is>
           <t>УД 05020350</t>
         </is>
       </c>
       <c r="K225" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
         <v>84620</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H226" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I226" s="9"/>
       <c r="J226" s="7" t="inlineStr">
         <is>
           <t>УД 05020351</t>
         </is>
       </c>
       <c r="K226" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
         <v>84867</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
           <t>Публічна історія</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I227" s="9"/>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t>УД 05020351</t>
         </is>
       </c>
       <c r="K227" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D228" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E228" s="6" t="n">
         <v>84824</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
           <t>Економіка праці та персоналу</t>
         </is>
       </c>
       <c r="G228" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H228" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I228" s="9"/>
       <c r="J228" s="7" t="inlineStr">
         <is>
           <t>УД 05020358</t>
         </is>
       </c>
       <c r="K228" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D229" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E229" s="6" t="n">
         <v>84825</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
           <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G229" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H229" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I229" s="9"/>
       <c r="J229" s="7" t="inlineStr">
         <is>
           <t>УД 05020358</t>
         </is>
       </c>
       <c r="K229" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
         <v>84542</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
           <t>Політологія. Політична аналітика та експертиза</t>
@@ -11682,51 +11682,51 @@
       <c r="E231" s="6" t="n">
         <v>84630</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="G231" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H231" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I231" s="9"/>
       <c r="J231" s="7" t="inlineStr">
         <is>
           <t>УД 05020362</t>
         </is>
       </c>
       <c r="K231" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
         <v>84621</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
           <t>Практична психологія</t>
@@ -11772,552 +11772,552 @@
       <c r="E233" s="6" t="n">
         <v>84622</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
           <t>Врегулювання конфліктів та медіація</t>
         </is>
       </c>
       <c r="G233" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I233" s="9"/>
       <c r="J233" s="7" t="inlineStr">
         <is>
           <t>УД 11016705</t>
         </is>
       </c>
       <c r="K233" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
         <v>84623</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
           <t>Журналістика. Медіакомунікації та зв'язки з громадськістю</t>
         </is>
       </c>
       <c r="G234" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H234" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I234" s="9"/>
       <c r="J234" s="7" t="inlineStr">
         <is>
           <t>УД 05020359</t>
         </is>
       </c>
       <c r="K234" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
         <v>84868</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
           <t>Публічні комунікації</t>
         </is>
       </c>
       <c r="G235" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H235" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I235" s="9"/>
       <c r="J235" s="7" t="inlineStr">
         <is>
           <t>УД 05020359</t>
         </is>
       </c>
       <c r="K235" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
         <v>84625</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G236" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H236" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I236" s="9"/>
       <c r="J236" s="7" t="inlineStr">
         <is>
           <t>УД 05020360</t>
         </is>
       </c>
       <c r="K236" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
         <v>84626</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G237" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H237" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I237" s="9"/>
       <c r="J237" s="7" t="inlineStr">
         <is>
           <t>УД 11016820</t>
         </is>
       </c>
       <c r="K237" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
         <v>84832</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G238" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H238" s="7" t="inlineStr">
         <is>
           <t>- 14737</t>
         </is>
       </c>
       <c r="I238" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J238" s="7" t="inlineStr">
         <is>
           <t>УД 05020361</t>
         </is>
       </c>
       <c r="K238" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
         <v>84834</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
           <t>Управління ризиками діяльності підприємства</t>
         </is>
       </c>
       <c r="G239" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I239" s="9"/>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t>УД 05020361</t>
         </is>
       </c>
       <c r="K239" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
         <v>84836</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
           <t>Менеджмент. Управління закладом загальної середньої освіти</t>
         </is>
       </c>
       <c r="G240" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H240" s="7" t="inlineStr">
         <is>
           <t>- 17516</t>
         </is>
       </c>
       <c r="I240" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J240" s="7" t="inlineStr">
         <is>
           <t>УД 05020361</t>
         </is>
       </c>
       <c r="K240" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
         <v>84837</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
           <t>Менеджмент міжнародних інфраструктурних проектів</t>
         </is>
       </c>
       <c r="G241" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H241" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I241" s="9"/>
       <c r="J241" s="7" t="inlineStr">
         <is>
           <t>УД 05020361</t>
         </is>
       </c>
       <c r="K241" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
         <v>84547</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G242" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H242" s="7" t="inlineStr">
         <is>
           <t>- 16108</t>
         </is>
       </c>
       <c r="I242" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J242" s="7" t="inlineStr">
         <is>
           <t>УД 11016711</t>
         </is>
       </c>
       <c r="K242" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
         <v>84869</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
           <t>Управління територіальною громадою</t>
         </is>
       </c>
       <c r="G243" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H243" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I243" s="9"/>
       <c r="J243" s="7" t="inlineStr">
         <is>
           <t>УД 11016711</t>
         </is>
       </c>
       <c r="K243" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
         <v>84627</v>
       </c>
       <c r="F244" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G244" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H244" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I244" s="9"/>
       <c r="J244" s="7" t="inlineStr">
         <is>
           <t>УД 11016709</t>
         </is>
       </c>
       <c r="K244" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
         <v>72700</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -12363,51 +12363,51 @@
       <c r="E246" s="6" t="n">
         <v>84629</v>
       </c>
       <c r="F246" s="3" t="inlineStr">
         <is>
           <t>Екологія та стале природокористування</t>
         </is>
       </c>
       <c r="G246" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H246" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I246" s="9"/>
       <c r="J246" s="7" t="inlineStr">
         <is>
           <t>НД 0592995</t>
         </is>
       </c>
       <c r="K246" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
         <v>84545</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
@@ -13353,51 +13353,51 @@
       <c r="I268" s="9"/>
       <c r="J268" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K268" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K268"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I155"/>
+  <dimension ref="A1:I150"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -13899,54 +13899,54 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -14075,51 +14075,51 @@
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -14438,84 +14438,84 @@
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -14863,51 +14863,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15220,51 +15220,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -15328,51 +15328,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -15405,51 +15405,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -15476,120 +15476,120 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>новогрецька мова і література (переклад включно)</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -16007,51 +16007,51 @@
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>29</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
@@ -16136,51 +16136,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
@@ -16304,51 +16304,51 @@
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -16482,54 +16482,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -16828,54 +16828,54 @@
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -17029,117 +17029,117 @@
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -17224,1518 +17224,1349 @@
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E114" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
-[...2 lines deleted...]
-      <c r="D120" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D120" s="3" t="inlineStr">
+        <is>
+          <t>українська мова та література</t>
+        </is>
+      </c>
       <c r="E120" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
-          <t>українська мова та література</t>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
         <is>
-          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E122" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - італійська</t>
+          <t>новогрецька мова і література (переклад включно)</t>
         </is>
       </c>
       <c r="E124" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="F125" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>63</v>
+        <v>1</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>B12</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Культурологія та музеєзнавство</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
-[...163 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I155"/>
+  <autoFilter ref="A1:I150"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>