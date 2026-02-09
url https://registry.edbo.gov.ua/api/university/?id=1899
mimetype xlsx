--- v0 (2025-12-08)
+++ v1 (2026-02-09)
@@ -357,87 +357,87 @@
         <is>
           <t>м. Чугуїв</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Героїв Чорнобильців, 56</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0574622683,0574622308</t>
+          <t>+38(057)-462-26-83</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>pr.chuguyiv@ptukh.org.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>chrcpo.com.ua</t>
+          <t>https://chrcpo.com.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Грушка Віталій Олександрович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -927,96 +927,96 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 7213 Рихтувальник кузовів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>101</v>
+        <v>72</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7422 Столяр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>28</v>
       </c>