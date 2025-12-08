--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -1021,51 +1021,51 @@
       <c r="B5" s="7" t="n">
         <v>26</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5141 Манікюрник
 5141 Візажист
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник
 5141 Педикюрник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>49</v>
       </c>