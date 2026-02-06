--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -930,142 +930,142 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4212 Касир (в банку)
 4223 Оператор поштового зв'язку</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4223 Оператор поштового зв'язку</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>26</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5141 Манікюрник
 5141 Візажист
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник
 5141 Педикюрник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>49</v>
       </c>