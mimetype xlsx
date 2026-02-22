--- v0 (2025-10-23)
+++ v1 (2026-02-22)
@@ -778,120 +778,120 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5129 Майстер ресторанного обслуговування
 5122 Кухар</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>65</v>
       </c>
       <c r="C7" s="7" t="n">