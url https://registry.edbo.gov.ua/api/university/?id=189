--- v0 (2025-10-22)
+++ v1 (2026-02-09)
@@ -3621,246 +3621,246 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>74</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізична реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>6.010203</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>здоров’я людини</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>6.050102</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>6.070106</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>автомобільний транспорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3882,84 +3882,84 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>5.03050901</t>
         </is>
       </c>
@@ -4014,84 +4014,84 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>