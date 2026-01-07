--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -369,65 +369,61 @@
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Інглезі, 6-А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0482459610</t>
+          <t>459610;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
@@ -1560,51 +1556,51 @@
         </is>
       </c>
       <c r="B2" s="8" t="n">
         <v>4</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Пекар</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>1</v>
       </c>
       <c r="C4" s="8" t="n">