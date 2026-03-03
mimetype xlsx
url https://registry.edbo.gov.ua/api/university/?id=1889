--- v1 (2026-01-07)
+++ v2 (2026-03-03)
@@ -1602,51 +1602,51 @@
       </c>
       <c r="B4" s="8" t="n">
         <v>1</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>171</v>
+        <v>125</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 4211 Контролер-касир</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>54</v>
       </c>
       <c r="C6" s="8" t="n">