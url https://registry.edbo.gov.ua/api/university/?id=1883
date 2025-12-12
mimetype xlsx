--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -2164,51 +2164,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -2342,98 +2342,98 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>85</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5141 Візажист
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>73</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Газорізальник</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 7233 Оглядач-ремонтник вагонів
 8311 Помічник машиніста тепловоза
 8311 Помічник машиніста електровоза</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>58</v>