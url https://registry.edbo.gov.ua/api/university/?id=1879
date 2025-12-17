--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -824,51 +824,51 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>74</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8272 Контролер харчової продукції (виробництво молочних продуктів)
 8271 Контролер харчової продукції (виробництво м'ясних та рибних продуктів)
 8229 Лаборант хіміко-бактеріологічного аналізу</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>72</v>
       </c>