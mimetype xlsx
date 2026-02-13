--- v0 (2025-12-08)
+++ v1 (2026-02-13)
@@ -11,51 +11,51 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ПТО" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Здобувачі ПТО" sheetId="3" state="visible" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$37</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$39</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$10</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -434,51 +434,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
@@ -538,70 +538,70 @@
           <t>5122 Кухар
 7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D4" s="9" t="n">
         <v>47168</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 </t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D5" s="9" t="n">
         <v>47168</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 </t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D6" s="9" t="n">
         <v>47168</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 </t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C7" s="8" t="inlineStr">
         <is>
           <t>PД 040273</t>
         </is>
       </c>
@@ -717,85 +717,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>7132 Лицювальник-плиточник
 </t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B15" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B16" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B17" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр
 </t>
         </is>
       </c>
       <c r="B18" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C18" s="8" t="inlineStr">
         <is>
           <t>PД 040273</t>
         </is>
       </c>
@@ -826,102 +826,102 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B20" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B21" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B22" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B23" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B24" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B25" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D25" s="9"/>
     </row>
@@ -983,196 +983,230 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник
 7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B29" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C29" s="8" t="inlineStr">
         <is>
           <t>PД 040273</t>
         </is>
       </c>
       <c r="D29" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
-          <t>7412 Кондитер
+          <t>7412 Цукерник
 </t>
         </is>
       </c>
       <c r="B30" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D30" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
-          <t>7423 Верстатник деревообробних верстатів
+          <t>7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B31" s="7" t="n">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="C31" s="8" t="inlineStr">
         <is>
-          <t>PД 040273</t>
+          <t> </t>
         </is>
       </c>
       <c r="D31" s="9" t="n">
-        <v>46204</v>
+        <v>47168</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
-          <t>7436 Швачка
+          <t>7423 Верстатник деревообробних верстатів
 </t>
         </is>
       </c>
       <c r="B32" s="7" t="n">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="C32" s="8" t="inlineStr">
         <is>
           <t>PД 040273</t>
         </is>
       </c>
       <c r="D32" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>7436 Швачка
 </t>
         </is>
       </c>
       <c r="B33" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C33" s="8" t="inlineStr">
         <is>
           <t>PД 040273</t>
         </is>
       </c>
       <c r="D33" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
-          <t>8211 Верстатник широкого профілю
+          <t>7436 Швачка
 </t>
         </is>
       </c>
       <c r="B34" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C34" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D34" s="9"/>
+          <t>PД 040273</t>
+        </is>
+      </c>
+      <c r="D34" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
-          <t>8211 Верстатник широкого профілю
+          <t>8211 Оператор верстатів з програмним керуванням
 </t>
         </is>
       </c>
       <c r="B35" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 </t>
         </is>
       </c>
       <c r="B36" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
+</t>
+        </is>
+      </c>
+      <c r="B37" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C37" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D37" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="3" t="inlineStr">
+        <is>
+          <t>8211 Верстатник широкого профілю
+</t>
+        </is>
+      </c>
+      <c r="B38" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C38" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D38" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="3" t="inlineStr">
+        <is>
+          <t>8211 Верстатник широкого профілю
 7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
-      <c r="B37" s="7" t="n">
+      <c r="B39" s="7" t="n">
         <v>60</v>
       </c>
-      <c r="C37" s="8" t="inlineStr">
+      <c r="C39" s="8" t="inlineStr">
         <is>
           <t>РД 040273</t>
         </is>
       </c>
-      <c r="D37" s="9" t="n">
+      <c r="D39" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D37"/>
+  <autoFilter ref="A1:D39"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
@@ -1223,51 +1257,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>24</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>27</v>
       </c>
       <c r="C4" s="7" t="n">
@@ -1339,96 +1373,96 @@
       </c>
       <c r="B7" s="7" t="n">
         <v>23</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>48</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>