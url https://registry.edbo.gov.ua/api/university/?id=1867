--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -1216,51 +1216,51 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>23</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>6111 Плодоовочівник
 6112 Садовод</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>6141 Лісник
 8331 Тракторист-машиніст сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>23</v>
       </c>
       <c r="C5" s="7" t="n">