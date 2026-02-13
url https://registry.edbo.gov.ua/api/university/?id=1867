--- v1 (2025-12-09)
+++ v2 (2026-02-13)
@@ -1193,51 +1193,51 @@
         </is>
       </c>
       <c r="B2" s="7" t="n">
         <v>3</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>6111 Плодоовочівник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>6111 Плодоовочівник
 6112 Садовод</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>72</v>
       </c>
       <c r="C4" s="7" t="n">