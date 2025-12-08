--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -397,51 +397,51 @@
         <is>
           <t>upl_p@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>dnzupl.org</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Щербак Леонід Іванович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -1332,51 +1332,51 @@
       <c r="B4" s="7" t="n">
         <v>17</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>51</v>
       </c>
       <c r="C6" s="7" t="n">