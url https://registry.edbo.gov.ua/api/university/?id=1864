--- v1 (2025-12-08)
+++ v2 (2026-02-13)
@@ -1308,75 +1308,75 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>68</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>51</v>
       </c>
       <c r="C6" s="7" t="n">
@@ -1399,51 +1399,51 @@
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>23</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>47</v>
       </c>
       <c r="C9" s="7" t="n">