--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -903,51 +903,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5122 Кухар</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>28</v>
       </c>
       <c r="C4" s="7" t="n">