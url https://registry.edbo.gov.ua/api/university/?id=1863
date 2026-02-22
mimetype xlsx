--- v1 (2025-12-15)
+++ v2 (2026-02-22)
@@ -903,97 +903,97 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5122 Кухар</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>28</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5220 Продавець непродовольчих товарів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>55</v>
       </c>
       <c r="C6" s="7" t="n">