--- v0 (2025-10-29)
+++ v1 (2026-02-13)
@@ -1149,51 +1149,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>55</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>113</v>
+        <v>90</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>1</v>
       </c>