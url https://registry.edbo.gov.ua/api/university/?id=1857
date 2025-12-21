--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1417,54 +1417,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>68130</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I4" s="9"/>
+          <t>ДО 006828</t>
+        </is>
+      </c>
+      <c r="I4" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
@@ -1749,51 +1751,51 @@
       <c r="B2" s="8" t="n">
         <v>66</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7432 Ткач ручного художнього ткацтва</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>16</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>