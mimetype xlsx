--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -1090,51 +1090,51 @@
       <c r="B5" s="7" t="n">
         <v>49</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>6141 Лісник
 8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>58</v>
       </c>
@@ -1234,51 +1234,51 @@
       <c r="B11" s="7" t="n">
         <v>6</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
         <v>19</v>
       </c>
       <c r="C13" s="7" t="n">