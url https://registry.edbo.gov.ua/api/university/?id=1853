--- v1 (2025-12-15)
+++ v2 (2026-03-05)
@@ -1114,75 +1114,75 @@
       <c r="B6" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 6141 Лісник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>1</v>
       </c>
@@ -1234,51 +1234,51 @@
       <c r="B11" s="7" t="n">
         <v>6</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
         <v>19</v>
       </c>
       <c r="C13" s="7" t="n">