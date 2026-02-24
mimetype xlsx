--- v0 (2025-12-09)
+++ v1 (2026-02-24)
@@ -1047,51 +1047,51 @@
       </c>
       <c r="B2" s="6" t="n">
         <v>79</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>26</v>
       </c>
       <c r="C4" s="6" t="n">