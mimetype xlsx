--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -950,126 +950,127 @@
       <c r="C1" s="4" t="inlineStr">
         <is>
           <t>Заочна</t>
         </is>
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
+5123 Бармен
+5123 Офіціант</t>
+        </is>
+      </c>
+      <c r="B2" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="C2" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D2" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E2" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F2" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+      <c r="A3" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
 5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
-      <c r="B2" s="7" t="n">
-[...16 lines deleted...]
-      <c r="A3" s="3" t="inlineStr">
+      <c r="B3" s="7" t="n">
+        <v>79</v>
+      </c>
+      <c r="C3" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D3" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E3" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F3" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
+      <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
-      <c r="B3" s="7" t="n">
+      <c r="B4" s="7" t="n">
         <v>38</v>
-      </c>
-[...21 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Помічник машиніста електровоза
 8311 Помічник машиніста тепловоза</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>9332 Прийомоздавальник вантажу та багажу
 4211 Касир багажний
 4211 Касир квитковий
 5112 Провідник пасажирського вагона</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>81</v>