--- v0 (2025-10-27)
+++ v1 (2026-01-25)
@@ -957,51 +957,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>89</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>209</v>
       </c>