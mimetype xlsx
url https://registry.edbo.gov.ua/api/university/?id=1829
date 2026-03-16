--- v1 (2026-01-25)
+++ v2 (2026-03-16)
@@ -957,51 +957,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>89</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>107</v>
+        <v>92</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>209</v>
       </c>