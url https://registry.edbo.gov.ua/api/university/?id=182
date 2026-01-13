--- v0 (2025-10-29)
+++ v1 (2026-01-13)
@@ -8163,84 +8163,84 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
@@ -8328,81 +8328,81 @@
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -8427,150 +8427,150 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>41</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
@@ -8622,54 +8622,54 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>