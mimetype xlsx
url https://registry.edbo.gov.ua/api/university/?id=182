--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -862,129 +862,129 @@
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Бойове управління польотами авіації</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G3" s="7" t="inlineStr">
         <is>
           <t> 12534</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Морально-психологічне забезпечення підрозділів Повітряних Сил</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
           <t> 12538</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>K7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Технічна експлуатація та бойове застосування зенітних ракетних комплексів та систем малої дальності</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
@@ -1016,129 +1016,129 @@
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Льотна експлуатація та бойове застосування літаків</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
           <t> 215</t>
         </is>
       </c>
       <c r="H7" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Морально-психологічне забезпечення підрозділів Повітряних Сил</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t> 204</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Комплекси та системи зенітного озброєння Сухопутних військ</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
           <t> 205</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
@@ -3075,297 +3075,297 @@
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>37315</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Льотна експлуатація та бойове застосування літаків</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
           <t>- 215</t>
         </is>
       </c>
       <c r="I31" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>37318</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Льотна експлуатація та бойове застосування вертольотів</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
           <t>- 200</t>
         </is>
       </c>
       <c r="I32" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>37332</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Навігація та бойове застосування літальних апаратів</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
           <t>- 201</t>
         </is>
       </c>
       <c r="I33" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>37333</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Бойове управління польотами авіації</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
           <t>- 203</t>
         </is>
       </c>
       <c r="I34" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>37334</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Управління діями підрозділів військ протиповітряної оборони Сухопутних військ</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
           <t>- 202</t>
         </is>
       </c>
       <c r="I35" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>37335</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Морально-психологічне забезпечення підрозділів Повітряних Сил</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t>- 204</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>37336</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Комплекси та системи зенітного озброєння Сухопутних військ</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t>- 205</t>
         </is>
       </c>
       <c r="I37" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D38" s="3"/>
@@ -4623,256 +4623,256 @@
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>78178</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Бойове управління польотами авіації</t>
         </is>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="7" t="inlineStr">
         <is>
           <t>- 12534</t>
         </is>
       </c>
       <c r="I69" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>78179</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Льотна експлуатація та бойове застосування вертольотів</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="7" t="inlineStr">
         <is>
           <t>- 12535</t>
         </is>
       </c>
       <c r="I70" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>78180</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Льотна експлуатація та бойове застосування літаків</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="7" t="inlineStr">
         <is>
           <t>- 12536</t>
         </is>
       </c>
       <c r="I71" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K71" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>78181</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Навігація та бойове застосування літальних апаратів</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="7" t="inlineStr">
         <is>
           <t>- 12537</t>
         </is>
       </c>
       <c r="I72" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>78191</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Управління діями підрозділів військ протиповітряної оборони Сухопутних військ</t>
         </is>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="7" t="inlineStr">
         <is>
           <t>- 12545</t>
         </is>
       </c>
       <c r="I73" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J73" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K73" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>78182</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Морально-психологічне забезпечення підрозділів Повітряних Сил</t>
         </is>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="7" t="inlineStr">
         <is>
           <t>- 12538</t>
         </is>
       </c>
       <c r="I74" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J74" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D75" s="3"/>
@@ -5064,51 +5064,51 @@
         <is>
           <t>K7</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>78192</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Комплекси та системи зенітного озброєння Сухопутних військ</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="7" t="inlineStr">
         <is>
           <t>- 12546</t>
         </is>
       </c>
       <c r="I80" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>K7</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D81" s="3"/>