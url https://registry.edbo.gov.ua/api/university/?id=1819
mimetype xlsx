--- v0 (2025-11-07)
+++ v1 (2026-01-10)
@@ -979,74 +979,74 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>27</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтажник вторинних ланцюгів
 7137 Електрослюсар будівельний</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>66</v>
       </c>
       <c r="C5" s="7" t="n">