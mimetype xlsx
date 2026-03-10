--- v1 (2026-01-10)
+++ v2 (2026-03-10)
@@ -979,74 +979,74 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>27</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтажник вторинних ланцюгів
 7137 Електрослюсар будівельний</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>66</v>
       </c>
       <c r="C5" s="7" t="n">