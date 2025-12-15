--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -828,51 +828,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Пекар</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічного устаткування
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -896,51 +896,51 @@
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7219 Зварник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>8</v>
       </c>