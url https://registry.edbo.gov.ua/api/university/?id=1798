--- v0 (2025-11-03)
+++ v1 (2026-02-23)
@@ -1435,51 +1435,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -1561,119 +1561,119 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7142 Реставратор декоративно-художніх фарбувань
 7133 Реставратор декоративних штукатурок і ліпних виробів</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7324 Живописець</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7422 Столяр
 7331 Різьбяр по дереву та бересту</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>