--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -1527,73 +1527,73 @@
       </c>
       <c r="B3" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>1</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8284 Складальник корпусів металевих суден
 7212 Газорізальник</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>21</v>
       </c>
       <c r="C6" s="8" t="n">