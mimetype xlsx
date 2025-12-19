--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1270,51 +1270,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>19</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -1341,121 +1341,121 @@
       <c r="B4" s="7" t="n">
         <v>24</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7213 Рихтувальник кузовів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>70</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
 8322 Водій автотранспортних засобів
 8339 Машиніст землерийно-будівельних машин</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8290 Слюсар-складальник радіоелектронної апаратури та приладів
 4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>21</v>
       </c>
       <c r="C9" s="7" t="n">