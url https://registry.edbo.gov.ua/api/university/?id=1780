--- v1 (2025-12-19)
+++ v2 (2026-02-13)
@@ -1341,51 +1341,51 @@
       <c r="B4" s="7" t="n">
         <v>24</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7213 Рихтувальник кузовів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>70</v>
       </c>
       <c r="C6" s="7" t="n">
@@ -1434,51 +1434,51 @@
       </c>
       <c r="B8" s="7" t="n">
         <v>125</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8290 Слюсар-складальник радіоелектронної апаратури та приладів
 4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>