--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$119</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$168</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$154</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$153</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -10592,56 +10592,54 @@
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
         <v>64292</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="8" t="inlineStr">
         <is>
-          <t>- 9309</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I96" s="9"/>
       <c r="J96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
@@ -11266,54 +11264,56 @@
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
         <v>8867</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H110" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I110" s="9"/>
+          <t>- 18950</t>
+        </is>
+      </c>
+      <c r="I110" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J110" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
@@ -11489,55 +11489,55 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
         <v>7113</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
           <t>Управління навчальним закладом</t>
         </is>
       </c>
       <c r="G115" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H115" s="8" t="inlineStr">
         <is>
-          <t>- 9612</t>
+          <t>- 18884</t>
         </is>
       </c>
       <c r="I115" s="9" t="n">
-        <v>46001</v>
+        <v>46344</v>
       </c>
       <c r="J115" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D116" s="3"/>
@@ -11855,54 +11855,56 @@
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
         <v>63404</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Туристичний бізнес та індустрія гостинності</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I123" s="9"/>
+          <t>- 19323</t>
+        </is>
+      </c>
+      <c r="I123" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J123" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
@@ -12133,56 +12135,54 @@
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D129" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E129" s="6" t="n">
         <v>77314</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="8" t="inlineStr">
         <is>
-          <t>- 16554</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I129" s="9"/>
       <c r="J129" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
         <is>
@@ -13956,51 +13956,51 @@
       </c>
       <c r="J168" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K168" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K168"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I154"/>
+  <dimension ref="A1:I153"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -14259,51 +14259,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14333,51 +14333,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14736,51 +14736,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Реставрація</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
@@ -15502,54 +15502,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -15616,51 +15616,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -15687,128 +15687,128 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -16090,51 +16090,51 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -16263,84 +16263,84 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -16461,51 +16461,51 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -16630,51 +16630,51 @@
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -16971,51 +16971,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -17304,51 +17304,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -17515,51 +17515,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
@@ -18033,85 +18033,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -18178,1254 +18178,1217 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E122" s="6" t="n">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E124" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D128" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D128" s="3" t="inlineStr">
+        <is>
+          <t>українська мова та література</t>
+        </is>
+      </c>
       <c r="E128" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F133" s="6" t="n">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="F135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
-[...2 lines deleted...]
-      <c r="D137" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D137" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E137" s="6" t="n">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальне забезпечення</t>
+        </is>
+      </c>
+      <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
+        <v>20</v>
+      </c>
+      <c r="F146" s="6" t="n">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I154"/>
+  <autoFilter ref="A1:I153"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>