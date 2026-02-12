--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$119</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$168</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$166</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$153</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -6405,51 +6405,51 @@
       </c>
       <c r="K119" s="9"/>
       <c r="L119" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.07.2016 № 771</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L119"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K168"/>
+  <dimension ref="A1:K166"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -10543,103 +10543,103 @@
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
         <v>34005</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H95" s="8" t="inlineStr">
         <is>
-          <t>- 10013</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I95" s="9"/>
       <c r="J95" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K95" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
         <v>64292</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I96" s="9"/>
+          <t>- 19465</t>
+        </is>
+      </c>
+      <c r="I96" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
@@ -10768,3223 +10768,3129 @@
       <c r="J99" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K99" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
-        <v>33998</v>
+        <v>61309</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Музичне мистецтво)</t>
+          <t>Середня освіта (Німецька мова і зарубіжна література)</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H100" s="8" t="inlineStr">
         <is>
-          <t>- 9545</t>
+          <t>- 3657</t>
         </is>
       </c>
       <c r="I100" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J100" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K100" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
-        <v>61309</v>
+        <v>34026</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Німецька мова і зарубіжна література)</t>
+          <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H101" s="8" t="inlineStr">
         <is>
-          <t>- 3657</t>
+          <t>- 4114</t>
         </is>
       </c>
       <c r="I101" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K101" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E102" s="6" t="n">
-        <v>34026</v>
+        <v>61090</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Середня освіта (Фізика, інформатика)</t>
         </is>
       </c>
       <c r="G102" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H102" s="8" t="inlineStr">
         <is>
-          <t>- 4114</t>
+          <t>- 6393</t>
         </is>
       </c>
       <c r="I102" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J102" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K102" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E103" s="6" t="n">
-        <v>61090</v>
+        <v>34030</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізика, інформатика)</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G103" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H103" s="8" t="inlineStr">
         <is>
-          <t>- 6393</t>
+          <t>- 9524</t>
         </is>
       </c>
       <c r="I103" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J103" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K103" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E104" s="6" t="n">
-        <v>34030</v>
+        <v>64291</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Спеціальна освіта (Олігофренопедагогіка)</t>
         </is>
       </c>
       <c r="G104" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H104" s="8" t="inlineStr">
         <is>
-          <t>- 9524</t>
+          <t>- 3651</t>
         </is>
       </c>
       <c r="I104" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J104" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K104" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E105" s="6" t="n">
-        <v>64291</v>
+        <v>40596</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (Олігофренопедагогіка)</t>
+          <t>Спеціальна освіта (Логопедія)</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H105" s="8" t="inlineStr">
         <is>
-          <t>- 3651</t>
+          <t>- 3652</t>
         </is>
       </c>
       <c r="I105" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J105" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>40596</v>
+        <v>6932</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (Логопедія)</t>
+          <t>Тренер з видів спорту</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H106" s="8" t="inlineStr">
         <is>
-          <t>- 3652</t>
+          <t>- 3650</t>
         </is>
       </c>
       <c r="I106" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J106" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K106" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>6932</v>
+        <v>7076</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Тренер з видів спорту</t>
+          <t>Реставрація творів мистецтва</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="8" t="inlineStr">
         <is>
-          <t>- 3650</t>
+          <t>- 2572</t>
         </is>
       </c>
       <c r="I107" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J107" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>7076</v>
+        <v>6369</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Реставрація творів мистецтва</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="G108" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H108" s="8" t="inlineStr">
         <is>
-          <t>- 2572</t>
+          <t>- 9575</t>
         </is>
       </c>
       <c r="I108" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J108" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K108" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D109" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D109" s="3" t="inlineStr">
+        <is>
+          <t>українська мова та література</t>
+        </is>
+      </c>
       <c r="E109" s="6" t="n">
-        <v>6369</v>
+        <v>8867</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G109" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H109" s="8" t="inlineStr">
         <is>
-          <t>- 9575</t>
+          <t>- 18950</t>
         </is>
       </c>
       <c r="I109" s="9" t="n">
-        <v>47665</v>
+        <v>48030</v>
       </c>
       <c r="J109" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K109" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>8867</v>
+        <v>8805</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H110" s="8" t="inlineStr">
         <is>
-          <t>- 18950</t>
+          <t>- 3780</t>
         </is>
       </c>
       <c r="I110" s="9" t="n">
-        <v>48030</v>
+        <v>46935</v>
       </c>
       <c r="J110" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>8805</v>
+        <v>6247</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H111" s="8" t="inlineStr">
         <is>
-          <t>- 3780</t>
+          <t>- 6686</t>
         </is>
       </c>
       <c r="I111" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J111" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>6247</v>
+        <v>7038</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H112" s="8" t="inlineStr">
         <is>
-          <t>- 6686</t>
+          <t>- 2523</t>
         </is>
       </c>
       <c r="I112" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J112" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K112" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>7038</v>
+        <v>8276</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
-          <t>- 2523</t>
+          <t>- 985</t>
         </is>
       </c>
       <c r="I113" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>8276</v>
+        <v>9445</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H114" s="8" t="inlineStr">
         <is>
-          <t>- 985</t>
+          <t>- 9613</t>
         </is>
       </c>
       <c r="I114" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>7113</v>
+        <v>62188</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>Управління навчальним закладом</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G115" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H115" s="8" t="inlineStr">
         <is>
-          <t>- 18884</t>
+          <t>- 5582</t>
         </is>
       </c>
       <c r="I115" s="9" t="n">
-        <v>46344</v>
+        <v>46569</v>
       </c>
       <c r="J115" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>9445</v>
+        <v>8806</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
-          <t>Управління персоналом та економіка праці</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G116" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H116" s="8" t="inlineStr">
         <is>
-          <t>- 9613</t>
+          <t>- 6202</t>
         </is>
       </c>
       <c r="I116" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J116" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K116" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>62188</v>
+        <v>21254</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Комп'ютерні науки та інформаційні технології</t>
         </is>
       </c>
       <c r="G117" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H117" s="8" t="inlineStr">
         <is>
-          <t>- 5582</t>
+          <t>- 9636</t>
         </is>
       </c>
       <c r="I117" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K117" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
-[...2 lines deleted...]
-      <c r="D118" s="3"/>
+          <t>Фізична терапія, ерготерапія</t>
+        </is>
+      </c>
+      <c r="D118" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E118" s="6" t="n">
-        <v>8806</v>
+        <v>36563</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Фізична реабілітація</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H118" s="8" t="inlineStr">
         <is>
-          <t>- 6202</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I118" s="9"/>
       <c r="J118" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
-[...2 lines deleted...]
-      <c r="D119" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D119" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E119" s="6" t="n">
-        <v>21254</v>
+        <v>60105</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки та інформаційні технології</t>
+          <t>Фізична реабілітація</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="8" t="inlineStr">
         <is>
-          <t>- 9636</t>
+          <t>- 13245</t>
         </is>
       </c>
       <c r="I119" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J119" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K119" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальне забезпечення</t>
+        </is>
+      </c>
+      <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>36563</v>
+        <v>7255</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>Фізична реабілітація</t>
+          <t>Соціальна допомога</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I120" s="9"/>
+          <t>- 2817</t>
+        </is>
+      </c>
+      <c r="I120" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J120" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K120" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм і рекреація</t>
+        </is>
+      </c>
+      <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>60105</v>
+        <v>63404</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Фізична реабілітація</t>
+          <t>Туристичний бізнес та індустрія гостинності</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="8" t="inlineStr">
         <is>
-          <t>- 13245</t>
+          <t>- 19323</t>
         </is>
       </c>
       <c r="I121" s="9" t="n">
-        <v>47665</v>
+        <v>48030</v>
       </c>
       <c r="J121" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K121" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>7255</v>
+        <v>77328</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Соціальна допомога</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="8" t="inlineStr">
         <is>
-          <t>- 2817</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I122" s="9"/>
       <c r="J122" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K122" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>63404</v>
+        <v>77320</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Туристичний бізнес та індустрія гостинності</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="8" t="inlineStr">
         <is>
-          <t>- 19323</t>
+          <t>- 16549</t>
         </is>
       </c>
       <c r="I123" s="9" t="n">
-        <v>48030</v>
+        <v>47665</v>
       </c>
       <c r="J123" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>77328</v>
+        <v>77321</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H124" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I124" s="9"/>
+          <t>- 16550</t>
+        </is>
+      </c>
+      <c r="I124" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J124" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K124" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D125" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D125" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E125" s="6" t="n">
-        <v>77320</v>
+        <v>77340</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Середня освіта (Англійська мова і зарубіжна література)</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H125" s="8" t="inlineStr">
         <is>
-          <t>- 16549</t>
+          <t>- 16551</t>
         </is>
       </c>
       <c r="I125" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J125" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K125" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D126" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D126" s="3" t="inlineStr">
+        <is>
+          <t>Біологія та здоров’я людини</t>
+        </is>
+      </c>
       <c r="E126" s="6" t="n">
-        <v>77321</v>
+        <v>77330</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта (Біологія та здоров'я людини)</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H126" s="8" t="inlineStr">
         <is>
-          <t>- 16550</t>
+          <t>- 16553</t>
         </is>
       </c>
       <c r="I126" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J126" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K126" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D127" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E127" s="6" t="n">
-        <v>77340</v>
+        <v>77314</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Англійська мова і зарубіжна література)</t>
+          <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G127" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H127" s="8" t="inlineStr">
         <is>
-          <t>- 16551</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I127" s="9"/>
       <c r="J127" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K127" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D128" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E128" s="6" t="n">
-        <v>77330</v>
+        <v>77358</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров'я людини)</t>
+          <t>Середня освіта (Математика, інформатика)</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H128" s="8" t="inlineStr">
         <is>
-          <t>- 16553</t>
+          <t>- 16555</t>
         </is>
       </c>
       <c r="I128" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J128" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K128" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D129" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E129" s="6" t="n">
-        <v>77314</v>
+        <v>77326</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія)</t>
+          <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I129" s="9"/>
+          <t>- 16559</t>
+        </is>
+      </c>
+      <c r="I129" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J129" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E130" s="6" t="n">
-        <v>77358</v>
+        <v>77324</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Математика, інформатика)</t>
+          <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="8" t="inlineStr">
         <is>
-          <t>- 16555</t>
+          <t>- 16560</t>
         </is>
       </c>
       <c r="I130" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K130" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
-        <v>77326</v>
+        <v>77342</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Музичне мистецтво)</t>
+          <t>Середня освіта (Німецька мова і зарубіжна література)</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="8" t="inlineStr">
         <is>
-          <t>- 16559</t>
+          <t>- 16552</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J131" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E132" s="6" t="n">
-        <v>77324</v>
+        <v>77349</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Образотворче мистецтво)</t>
+          <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="8" t="inlineStr">
         <is>
-          <t>- 16560</t>
+          <t>- 16556</t>
         </is>
       </c>
       <c r="I132" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J132" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K132" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D133" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E133" s="6" t="n">
-        <v>77342</v>
+        <v>77359</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Німецька мова і зарубіжна література)</t>
+          <t>Середня освіта (Фізика, інформатика)</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="8" t="inlineStr">
         <is>
-          <t>- 16552</t>
+          <t>- 16557</t>
         </is>
       </c>
       <c r="I133" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J133" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K133" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
-        <v>77349</v>
+        <v>77353</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H134" s="8" t="inlineStr">
         <is>
-          <t>- 16556</t>
+          <t>- 16558</t>
         </is>
       </c>
       <c r="I134" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J134" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K134" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E135" s="6" t="n">
-        <v>77359</v>
+        <v>77345</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізика, інформатика)</t>
+          <t>Спеціальна освіта (Олігофренопедагогіка)</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H135" s="8" t="inlineStr">
         <is>
-          <t>- 16557</t>
+          <t>- 16561</t>
         </is>
       </c>
       <c r="I135" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J135" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K135" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D136" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E136" s="6" t="n">
-        <v>77353</v>
+        <v>77343</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Спеціальна освіта (Логопедія)</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H136" s="8" t="inlineStr">
         <is>
-          <t>- 16558</t>
+          <t>- 16562</t>
         </is>
       </c>
       <c r="I136" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>77345</v>
+        <v>77354</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (Олігофренопедагогіка)</t>
+          <t>Тренер з видів спорту</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="8" t="inlineStr">
         <is>
-          <t>- 16561</t>
+          <t>- 16563</t>
         </is>
       </c>
       <c r="I137" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K137" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E138" s="6" t="n">
-        <v>77343</v>
+        <v>77350</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (Логопедія)</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="8" t="inlineStr">
         <is>
-          <t>- 16562</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I138" s="9"/>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D139" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D139" s="3" t="inlineStr">
+        <is>
+          <t>Реставрація</t>
+        </is>
+      </c>
       <c r="E139" s="6" t="n">
-        <v>77354</v>
+        <v>87630</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Тренер з видів спорту</t>
+          <t>Реставрація творів мистецтва</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="8" t="inlineStr">
         <is>
-          <t>- 16563</t>
+          <t>- 16564</t>
         </is>
       </c>
       <c r="I139" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K139" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>77350</v>
+        <v>77317</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I140" s="9"/>
+          <t>- 16565</t>
+        </is>
+      </c>
+      <c r="I140" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J140" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K140" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
-          <t>Реставрація</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E141" s="6" t="n">
-        <v>87630</v>
+        <v>81819</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Реставрація творів мистецтва</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="8" t="inlineStr">
         <is>
-          <t>- 16564</t>
+          <t>- 16566</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J141" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>77317</v>
+        <v>77319</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="8" t="inlineStr">
         <is>
-          <t>- 16565</t>
+          <t>- 16567</t>
         </is>
       </c>
       <c r="I142" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J142" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K142" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>81819</v>
+        <v>77346</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="8" t="inlineStr">
         <is>
-          <t>- 16566</t>
+          <t>- 16568</t>
         </is>
       </c>
       <c r="I143" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C6</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Географія та регіональні студії</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>77319</v>
+        <v>77331</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Географія та регіональні студії</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="8" t="inlineStr">
         <is>
-          <t>- 16567</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I144" s="9"/>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K144" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>77346</v>
+        <v>77351</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H145" s="8" t="inlineStr">
         <is>
-          <t>- 16568</t>
+          <t>- 16569</t>
         </is>
       </c>
       <c r="I145" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>C6</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Географія та регіональні студії</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>77331</v>
+        <v>77335</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Географія та регіональні студії</t>
+          <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I146" s="9"/>
+          <t>- 16570</t>
+        </is>
+      </c>
+      <c r="I146" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>77351</v>
+        <v>77332</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="8" t="inlineStr">
         <is>
-          <t>- 16569</t>
+          <t>- 16571</t>
         </is>
       </c>
       <c r="I147" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J147" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>77335</v>
+        <v>77362</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Управління персоналом та економіка праці</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="8" t="inlineStr">
         <is>
-          <t>- 16570</t>
+          <t>- 16572</t>
         </is>
       </c>
       <c r="I148" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>77332</v>
+        <v>77348</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Соціальна допомога</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="8" t="inlineStr">
         <is>
-          <t>- 16571</t>
+          <t>- 16574</t>
         </is>
       </c>
       <c r="I149" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
-[...2 lines deleted...]
-      <c r="D150" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D150" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E150" s="6" t="n">
-        <v>77362</v>
+        <v>77356</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Фізична реабілітація</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H150" s="8" t="inlineStr">
         <is>
-          <t>- 16572</t>
+          <t>- 16573</t>
         </is>
       </c>
       <c r="I150" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>77348</v>
+        <v>77337</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Соціальна допомога</t>
+          <t>Туризм та індустрія гостинності</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="8" t="inlineStr">
         <is>
-          <t>- 16574</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I151" s="9"/>
       <c r="J151" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K151" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>77356</v>
+        <v>39270</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Фізична реабілітація</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H152" s="8" t="inlineStr">
         <is>
-          <t>- 16573</t>
+          <t>- 2857</t>
         </is>
       </c>
       <c r="I152" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J152" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K152" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>77337</v>
+        <v>61394</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>Туризм та індустрія гостинності</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H153" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I153" s="9"/>
       <c r="J153" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K153" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>39270</v>
+        <v>37581</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H154" s="8" t="inlineStr">
         <is>
-          <t>- 2857</t>
+          <t>- 1269</t>
         </is>
       </c>
       <c r="I154" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>61394</v>
+        <v>37582</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H155" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I155" s="9"/>
+          <t>- 782</t>
+        </is>
+      </c>
+      <c r="I155" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J155" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>37581</v>
+        <v>42073</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H156" s="8" t="inlineStr">
         <is>
-          <t>- 1269</t>
+          <t>- 2097</t>
         </is>
       </c>
       <c r="I156" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J156" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>37582</v>
+        <v>42080</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H157" s="8" t="inlineStr">
         <is>
-          <t>- 782</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I157" s="9"/>
       <c r="J157" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>42073</v>
+        <v>42075</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H158" s="8" t="inlineStr">
         <is>
-          <t>- 2097</t>
+          <t>- 5417</t>
         </is>
       </c>
       <c r="I158" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J158" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>42080</v>
+        <v>61387</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H159" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I159" s="9"/>
+          <t>- 5417</t>
+        </is>
+      </c>
+      <c r="I159" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J159" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>42075</v>
+        <v>77364</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H160" s="8" t="inlineStr">
         <is>
-          <t>- 5417</t>
+          <t>- 16575</t>
         </is>
       </c>
       <c r="I160" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J160" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>61387</v>
+        <v>81809</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H161" s="8" t="inlineStr">
         <is>
-          <t>- 5417</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I161" s="9"/>
       <c r="J161" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>77364</v>
+        <v>82289</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H162" s="8" t="inlineStr">
         <is>
-          <t>- 16575</t>
+          <t>- 16576</t>
         </is>
       </c>
       <c r="I162" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J162" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>81809</v>
+        <v>81999</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G163" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H163" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I163" s="9"/>
+          <t>- 16578</t>
+        </is>
+      </c>
+      <c r="I163" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J163" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K163" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>82289</v>
+        <v>77369</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H164" s="8" t="inlineStr">
         <is>
-          <t>- 16576</t>
+          <t>- 16577</t>
         </is>
       </c>
       <c r="I164" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J164" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>81999</v>
+        <v>77368</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H165" s="8" t="inlineStr">
         <is>
-          <t>- 16578</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I165" s="9"/>
       <c r="J165" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K165" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>77369</v>
+        <v>77367</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H166" s="8" t="inlineStr">
         <is>
-          <t>- 16577</t>
+          <t>- 16579</t>
         </is>
       </c>
       <c r="I166" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J166" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K166" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
-[...86 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K168"/>
+  <autoFilter ref="A1:K166"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I153"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -14518,51 +14424,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Захист України</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
@@ -14592,51 +14498,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
@@ -14809,51 +14715,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -14872,51 +14778,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -14938,51 +14844,51 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -15074,51 +14980,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -15173,54 +15079,54 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -15428,51 +15334,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>Польська мова і література</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15542,85 +15448,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15687,51 +15593,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15761,51 +15667,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>45</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15872,51 +15778,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15986,51 +15892,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
         <v>47</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -16090,54 +15996,54 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
@@ -16156,51 +16062,51 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -16230,87 +16136,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -16329,84 +16235,84 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -16461,51 +16367,51 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -16560,88 +16466,88 @@
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -17193,51 +17099,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E91" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -17783,51 +17689,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -17959,51 +17865,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E113" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -18107,51 +18013,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -18218,51 +18124,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -18329,118 +18235,118 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>56</v>
+        <v>1</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E124" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F125" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -18462,51 +18368,51 @@
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -18532,51 +18438,51 @@
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -18601,51 +18507,51 @@
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>63</v>
+        <v>1</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -18667,51 +18573,51 @@
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
@@ -18730,121 +18636,121 @@
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E137" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
@@ -19232,51 +19138,51 @@
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>