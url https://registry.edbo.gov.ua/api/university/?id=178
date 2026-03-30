--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$119</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$166</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$153</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$138</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -6512,55 +6512,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>23795</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта. Логопедія</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
-          <t>- 10571</t>
+          <t>- 20262</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
-        <v>46106</v>
+        <v>46470</v>
       </c>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
@@ -6870,96 +6870,96 @@
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>32858</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t>- 474</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
         <v>32859</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія та правознавство)</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t>- 1523</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
@@ -7003,51 +7003,51 @@
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
         <v>64962</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія та правознавство)</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t>- 1523</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
@@ -7093,141 +7093,141 @@
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>64550</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t>- 476</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>64547</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t>- 641</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
         <v>32862</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
           <t>- 476</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
@@ -7318,51 +7318,51 @@
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>32861</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
           <t>- 641</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
@@ -7934,51 +7934,51 @@
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>7845</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t>- 498</t>
         </is>
       </c>
       <c r="I34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
@@ -8270,51 +8270,51 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>16491</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
           <t>- 1602</t>
         </is>
       </c>
       <c r="I42" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D43" s="3"/>
@@ -9065,51 +9065,51 @@
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
         <v>77230</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія та правознавство)</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="8" t="inlineStr">
         <is>
           <t>- 16525</t>
         </is>
       </c>
       <c r="I61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J61" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
@@ -9155,96 +9155,96 @@
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
         <v>77244</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="8" t="inlineStr">
         <is>
           <t>- 16527</t>
         </is>
       </c>
       <c r="I63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J63" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
         <v>77241</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="8" t="inlineStr">
         <is>
           <t>- 16528</t>
         </is>
       </c>
       <c r="I64" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
@@ -9775,51 +9775,51 @@
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
         <v>77231</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="8" t="inlineStr">
         <is>
           <t>- 16536</t>
         </is>
       </c>
       <c r="I77" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K77" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
@@ -10025,51 +10025,51 @@
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>77263</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="8" t="inlineStr">
         <is>
           <t>- 16544</t>
         </is>
       </c>
       <c r="I83" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D84" s="3"/>
@@ -11125,51 +11125,51 @@
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>7076</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Реставрація творів мистецтва</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="8" t="inlineStr">
         <is>
           <t>- 2572</t>
         </is>
       </c>
       <c r="I107" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J107" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
@@ -11354,96 +11354,96 @@
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>7038</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H112" s="8" t="inlineStr">
         <is>
           <t>- 2523</t>
         </is>
       </c>
       <c r="I112" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J112" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K112" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>8276</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t>- 985</t>
         </is>
       </c>
       <c r="I113" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D114" s="3"/>
@@ -11489,51 +11489,51 @@
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
         <v>62188</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G115" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H115" s="8" t="inlineStr">
         <is>
           <t>- 5582</t>
         </is>
       </c>
       <c r="I115" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J115" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
@@ -11720,51 +11720,51 @@
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
         <v>7255</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
           <t>Соціальна допомога</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="8" t="inlineStr">
         <is>
           <t>- 2817</t>
         </is>
       </c>
       <c r="I120" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J120" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K120" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D121" s="3"/>
@@ -12625,51 +12625,51 @@
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
           <t>Реставрація</t>
         </is>
       </c>
       <c r="E139" s="6" t="n">
         <v>87630</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
           <t>Реставрація творів мистецтва</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="8" t="inlineStr">
         <is>
           <t>- 16564</t>
         </is>
       </c>
       <c r="I139" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K139" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D140" s="3"/>
@@ -12809,51 +12809,51 @@
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>77346</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="8" t="inlineStr">
         <is>
           <t>- 16568</t>
         </is>
       </c>
       <c r="I143" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>C6</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Географія та регіональні студії</t>
         </is>
       </c>
       <c r="D144" s="3"/>
@@ -12897,51 +12897,51 @@
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>77351</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H145" s="8" t="inlineStr">
         <is>
           <t>- 16569</t>
         </is>
       </c>
       <c r="I145" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D146" s="3"/>
@@ -13077,51 +13077,51 @@
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
         <v>77348</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
           <t>Соціальна допомога</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="8" t="inlineStr">
         <is>
           <t>- 16574</t>
         </is>
       </c>
       <c r="I149" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D150" s="3" t="inlineStr">
@@ -13214,51 +13214,51 @@
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
         <v>39270</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H152" s="8" t="inlineStr">
         <is>
           <t>- 2857</t>
         </is>
       </c>
       <c r="I152" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J152" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K152" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D153" s="3"/>
@@ -13302,141 +13302,141 @@
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
         <v>37581</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H154" s="8" t="inlineStr">
         <is>
           <t>- 1269</t>
         </is>
       </c>
       <c r="I154" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
         <v>37582</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H155" s="8" t="inlineStr">
         <is>
           <t>- 782</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J155" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
         <v>42073</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H156" s="8" t="inlineStr">
         <is>
           <t>- 2097</t>
         </is>
       </c>
       <c r="I156" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J156" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D157" s="3"/>
@@ -13570,51 +13570,51 @@
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
         <v>77364</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H160" s="8" t="inlineStr">
         <is>
           <t>- 16575</t>
         </is>
       </c>
       <c r="I160" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J160" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D161" s="3"/>
@@ -13658,141 +13658,141 @@
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
         <v>82289</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H162" s="8" t="inlineStr">
         <is>
           <t>- 16576</t>
         </is>
       </c>
       <c r="I162" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J162" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
         <v>81999</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="G163" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H163" s="8" t="inlineStr">
         <is>
           <t>- 16578</t>
         </is>
       </c>
       <c r="I163" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J163" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K163" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
         <v>77369</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H164" s="8" t="inlineStr">
         <is>
           <t>- 16577</t>
         </is>
       </c>
       <c r="I164" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J164" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
@@ -13862,51 +13862,51 @@
       </c>
       <c r="J166" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K166" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K166"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I153"/>
+  <dimension ref="A1:I138"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -14350,51 +14350,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14745,87 +14745,87 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>64</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -15082,84 +15082,84 @@
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>65</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>81</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -15189,51 +15189,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -15445,51 +15445,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15556,51 +15556,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15630,91 +15630,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
         <v>83</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -15999,81 +15999,81 @@
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>83</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
@@ -16205,51 +16205,51 @@
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -16466,121 +16466,121 @@
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -16948,51 +16948,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E87" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -17745,1556 +17745,1037 @@
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D110" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D110" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E110" s="6" t="n">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D111" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D111" s="3" t="inlineStr">
+        <is>
+          <t>Німецька мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E111" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E113" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E114" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Екологія</t>
+        </is>
+      </c>
+      <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальне забезпечення</t>
+        </is>
+      </c>
+      <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
-      <c r="D128" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія</t>
+        </is>
+      </c>
+      <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
-[...493 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I153"/>
+  <autoFilter ref="A1:I138"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>