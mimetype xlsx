--- v0 (2025-10-20)
+++ v1 (2026-02-13)
@@ -1128,143 +1128,143 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 4211 Контролер-касир</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5123 Бармен
 5129 Майстер ресторанного обслуговування</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>9322 Жилувальник м'яса та субпродуктів
 7411 Виробник м'ясних напівфабрикатів
 5220 Продавець продовольчих товарів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>23</v>
       </c>