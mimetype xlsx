--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$62</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$106</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$88</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$87</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -8751,51 +8751,51 @@
       </c>
       <c r="J106" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K106" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K106"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I88"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -9012,51 +9012,51 @@
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -9240,117 +9240,117 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -9372,84 +9372,84 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -9475,51 +9475,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -9574,51 +9574,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -9640,51 +9640,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -9706,51 +9706,51 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -9805,51 +9805,51 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>32</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
@@ -9871,150 +9871,150 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
@@ -10036,220 +10036,220 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Садівництво, плодоовочівництво та виноградарство</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -10542,51 +10542,51 @@
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
@@ -10906,51 +10906,51 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -11005,51 +11005,51 @@
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -11104,84 +11104,84 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Садівництво, плодоовочівництво та виноградарство</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
@@ -11203,154 +11203,154 @@
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -11541,126 +11541,126 @@
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>31</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>5</v>
       </c>
@@ -11673,100 +11673,67 @@
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I88"/>
+  <autoFilter ref="A1:I87"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>