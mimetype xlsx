--- v1 (2025-12-06)
+++ v2 (2026-01-26)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$62</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$106</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$87</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$79</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -7193,55 +7193,55 @@
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>25421</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="7" t="inlineStr">
         <is>
-          <t>УД 23016338</t>
+          <t>- 19759</t>
         </is>
       </c>
       <c r="I72" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D73" s="3"/>
@@ -8103,55 +8103,55 @@
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>76304</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="7" t="inlineStr">
         <is>
-          <t>УД 23016338</t>
+          <t>- 19759</t>
         </is>
       </c>
       <c r="I92" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K92" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D93" s="3"/>
@@ -8751,51 +8751,51 @@
       </c>
       <c r="J106" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K106" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K106"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -8880,51 +8880,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -9009,54 +9009,54 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -9177,51 +9177,51 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
@@ -9342,114 +9342,114 @@
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -9478,51 +9478,51 @@
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -9541,84 +9541,84 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -9640,54 +9640,54 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -9805,219 +9805,219 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>310</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Садівництво та виноградарство</t>
@@ -10039,84 +10039,84 @@
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Садівництво, плодоовочівництво та виноградарство</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
@@ -10135,121 +10135,121 @@
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>476</v>
+        <v>460</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -10407,51 +10407,51 @@
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -10704,51 +10704,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -10760,980 +10760,712 @@
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>208</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>2</v>
+        <v>139</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>35</v>
+        <v>186</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
-[...2 lines deleted...]
-      <c r="D68" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D68" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E68" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>55</v>
+        <v>1</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Садівництво, плодоовочівництво та виноградарство</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>H2</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Тваринництво</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>H6</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>67</v>
+        <v>1</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
-[...2 lines deleted...]
-      <c r="D74" s="3"/>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D74" s="3" t="inlineStr">
+        <is>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+        </is>
+      </c>
       <c r="E74" s="6" t="n">
-        <v>139</v>
+        <v>5</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>186</v>
+        <v>12</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
-[...266 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I87"/>
+  <autoFilter ref="A1:I79"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>