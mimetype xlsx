--- v2 (2026-01-26)
+++ v3 (2026-03-17)
@@ -6796,51 +6796,51 @@
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>25424</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H63" s="7" t="inlineStr">
         <is>
           <t>- 2895</t>
         </is>
       </c>
       <c r="I63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D64" s="3"/>
@@ -7882,51 +7882,51 @@
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>76325</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G87" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H87" s="7" t="inlineStr">
         <is>
           <t>- 15634</t>
         </is>
       </c>
       <c r="I87" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K87" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
@@ -9240,84 +9240,84 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -9339,51 +9339,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
@@ -9445,51 +9445,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
@@ -9640,54 +9640,54 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -9805,54 +9805,54 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
@@ -9871,51 +9871,51 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -9937,87 +9937,87 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Садівництво та виноградарство</t>
@@ -10036,51 +10036,51 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Садівництво, плодоовочівництво та виноградарство</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
@@ -10102,154 +10102,154 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -10572,51 +10572,51 @@
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -10968,84 +10968,84 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
@@ -11282,51 +11282,51 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>12</v>
       </c>
@@ -11372,84 +11372,84 @@
       <c r="H77" s="6" t="n">
         <v>9</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I79"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>