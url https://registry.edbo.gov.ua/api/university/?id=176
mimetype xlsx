--- v0 (2025-12-07)
+++ v1 (2026-02-13)
@@ -3042,121 +3042,121 @@
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -3175,87 +3175,87 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">