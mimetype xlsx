--- v0 (2025-11-27)
+++ v1 (2026-01-26)
@@ -1255,51 +1255,51 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>78</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>21</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
@@ -1367,51 +1367,51 @@
       </c>
       <c r="B8" s="7" t="n">
         <v>22</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 8263 Вишивальник</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>70</v>
       </c>
       <c r="C10" s="7" t="n">