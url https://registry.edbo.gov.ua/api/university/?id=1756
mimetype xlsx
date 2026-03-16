--- v1 (2026-01-26)
+++ v2 (2026-03-16)
@@ -1322,51 +1322,51 @@
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>89</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7331 Різьбяр по дереву та бересту</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>22</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>