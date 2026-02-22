--- v0 (2025-12-19)
+++ v1 (2026-02-22)
@@ -2051,51 +2051,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -2258,51 +2258,51 @@
       <c r="B6" s="8" t="n">
         <v>21</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Газорізальник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>28</v>
       </c>
@@ -2355,51 +2355,51 @@
       <c r="B10" s="8" t="n">
         <v>7</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів
 8332 Машиніст крана автомобільного</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8332 Машиніст крана автомобільного
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>28</v>
       </c>
@@ -2428,51 +2428,51 @@
       <c r="B13" s="8" t="n">
         <v>3</v>
       </c>
       <c r="C13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B14" s="8" t="n">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>