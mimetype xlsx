--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -2259,51 +2259,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>