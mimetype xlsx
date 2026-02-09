--- v1 (2025-12-13)
+++ v2 (2026-02-09)
@@ -2127,51 +2127,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -2193,51 +2193,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -2259,84 +2259,84 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -2403,98 +2403,98 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>21</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7136 Слюсар-сантехнік
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="8" t="n">
@@ -2519,51 +2519,51 @@
       </c>
       <c r="B7" s="8" t="n">
         <v>84</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
         <v>10</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>