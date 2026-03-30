--- v2 (2026-02-09)
+++ v3 (2026-03-30)
@@ -2127,51 +2127,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -2259,51 +2259,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
@@ -2403,144 +2403,144 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>21</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>72</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7136 Слюсар-сантехнік
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7137 Електромонтажник з освітлення та освітлювальних мереж
 7241 Електромонтажник силових мереж та електроустаткування</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>17</v>
       </c>
       <c r="C8" s="8" t="n">
@@ -2607,51 +2607,51 @@
         </is>
       </c>
       <c r="B11" s="8" t="n">
         <v>28</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7331 Виробник художніх виробів з дерева</t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>