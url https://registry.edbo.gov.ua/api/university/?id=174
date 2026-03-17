--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$29</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$55</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$835</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$836</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$278</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -1369,51 +1369,51 @@
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="F14" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G14" s="8" t="inlineStr">
         <is>
           <t>УД 11017526</t>
         </is>
       </c>
       <c r="H14" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.05.2023 № 182-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="inlineStr">
@@ -4170,51 +4170,51 @@
       </c>
       <c r="K55" s="9"/>
       <c r="L55" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.06.2016 № 655</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L55"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K835"/>
+  <dimension ref="A1:K836"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -9488,30969 +9488,31010 @@
           <t>УД 11017503</t>
         </is>
       </c>
       <c r="K128" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>28667</v>
+        <v>7102</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Спеціальні телекомунікаційні системи</t>
+          <t>Телекомунікаційні системи та мережі</t>
         </is>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I129" s="9"/>
       <c r="J129" s="8" t="inlineStr">
         <is>
           <t>УД 11017503</t>
         </is>
       </c>
       <c r="K129" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>28671</v>
+        <v>28667</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Інженерія та програмування інфокомунікацій</t>
+          <t>Спеціальні телекомунікаційні системи</t>
         </is>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" s="8" t="inlineStr">
         <is>
-          <t>- 5406</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I130" s="9"/>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t>УД 11017503</t>
         </is>
       </c>
       <c r="K130" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>28677</v>
+        <v>28671</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
+          <t>Інженерія та програмування інфокомунікацій</t>
         </is>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="8" t="inlineStr">
         <is>
-          <t>- 5405</t>
+          <t>- 5406</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J131" s="8" t="inlineStr">
         <is>
           <t>УД 11017503</t>
         </is>
       </c>
       <c r="K131" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>49227</v>
+        <v>28677</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Радіотехнічні комп'ютеризовані системи</t>
+          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
         </is>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I132" s="9"/>
+          <t>- 5405</t>
+        </is>
+      </c>
+      <c r="I132" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J132" s="8" t="inlineStr">
         <is>
           <t>УД 11017503</t>
         </is>
       </c>
       <c r="K132" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>49228</v>
+        <v>49227</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна та комунікаційна радіоінженерія</t>
+          <t>Радіотехнічні комп'ютеризовані системи</t>
         </is>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I133" s="9"/>
       <c r="J133" s="8" t="inlineStr">
         <is>
           <t>УД 11017503</t>
         </is>
       </c>
       <c r="K133" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>49229</v>
+        <v>49228</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні технології радіоелектронної техніки</t>
+          <t>Інформаційна та комунікаційна радіоінженерія</t>
         </is>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I134" s="9"/>
       <c r="J134" s="8" t="inlineStr">
         <is>
           <t>УД 11017503</t>
         </is>
       </c>
       <c r="K134" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>53274</v>
+        <v>49229</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Системи електронних комунікацій та Інтернету речей</t>
+          <t>Інтелектуальні технології радіоелектронної техніки</t>
         </is>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="8" t="inlineStr">
         <is>
           <t>УД 11017503</t>
         </is>
       </c>
       <c r="K135" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>57896</v>
+        <v>53274</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Спеціальні системи електронних комунікацій</t>
+          <t>Системи електронних комунікацій та Інтернету речей</t>
         </is>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I136" s="9"/>
       <c r="J136" s="8" t="inlineStr">
         <is>
-          <t>УД 11017504</t>
+          <t>УД 11017503</t>
         </is>
       </c>
       <c r="K136" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>57901</v>
+        <v>57896</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Інженерія та програмування інфокомунікацій</t>
+          <t>Спеціальні системи електронних комунікацій</t>
         </is>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="8" t="inlineStr">
         <is>
-          <t>- 5406</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I137" s="9"/>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t>УД 11017504</t>
         </is>
       </c>
       <c r="K137" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>57907</v>
+        <v>57901</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні технології радіоелектронної техніки</t>
+          <t>Інженерія та програмування інфокомунікацій</t>
         </is>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I138" s="9"/>
+          <t>- 5406</t>
+        </is>
+      </c>
+      <c r="I138" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t>УД 11017504</t>
         </is>
       </c>
       <c r="K138" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>57910</v>
+        <v>57907</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна та комунікаційна радіоінженерія</t>
+          <t>Інтелектуальні технології радіоелектронної техніки</t>
         </is>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I139" s="9"/>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t>УД 11017504</t>
         </is>
       </c>
       <c r="K139" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>57913</v>
+        <v>57910</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-комунікаційні технології</t>
+          <t>Інформаційна та комунікаційна радіоінженерія</t>
         </is>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" s="8" t="inlineStr">
         <is>
-          <t>- 5407</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I140" s="9"/>
       <c r="J140" s="8" t="inlineStr">
         <is>
           <t>УД 11017504</t>
         </is>
       </c>
       <c r="K140" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>57916</v>
+        <v>57913</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
+          <t>Інформаційно-комунікаційні технології</t>
         </is>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" s="8" t="inlineStr">
         <is>
-          <t>- 5405</t>
+          <t>- 5407</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J141" s="8" t="inlineStr">
         <is>
           <t>УД 11017504</t>
         </is>
       </c>
       <c r="K141" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>57920</v>
+        <v>57916</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Радіотехнічні комп'ютеризовані системи</t>
+          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
         </is>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I142" s="9"/>
+          <t>- 5405</t>
+        </is>
+      </c>
+      <c r="I142" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J142" s="8" t="inlineStr">
         <is>
           <t>УД 11017504</t>
         </is>
       </c>
       <c r="K142" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>57923</v>
+        <v>57920</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Системи електронних комунікацій та Інтернету речей</t>
+          <t>Радіотехнічні комп'ютеризовані системи</t>
         </is>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I143" s="9"/>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t>УД 11017504</t>
         </is>
       </c>
       <c r="K143" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>63920</v>
+        <v>57923</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Технології радіоелектронної боротьби</t>
+          <t>Системи електронних комунікацій та Інтернету речей</t>
         </is>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I144" s="9"/>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t>УД 11017504</t>
         </is>
       </c>
       <c r="K144" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>6238</v>
+        <v>63920</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Системи керування літальними апаратами та комплексами</t>
+          <t>Технології радіоелектронної боротьби</t>
         </is>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="8" t="inlineStr">
         <is>
-          <t>- 5323</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I145" s="9"/>
       <c r="J145" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K145" s="9"/>
+          <t>УД 11017504</t>
+        </is>
+      </c>
+      <c r="K145" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>58761</v>
+        <v>6238</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
           <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="8" t="inlineStr">
         <is>
           <t>- 5323</t>
         </is>
       </c>
       <c r="I146" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>57931</v>
+        <v>58761</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
+          <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" s="8" t="inlineStr">
         <is>
-          <t>- 5399</t>
+          <t>- 5323</t>
         </is>
       </c>
       <c r="I147" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J147" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>57934</v>
+        <v>57931</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані системи та технології в приладобудуванні</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
         </is>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="8" t="inlineStr">
         <is>
-          <t>- 5398</t>
+          <t>- 5399</t>
         </is>
       </c>
       <c r="I148" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>57937</v>
+        <v>57934</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Технічні та програмні засоби автоматизації</t>
+          <t>Комп'ютерно-інтегровані системи та технології в приладобудуванні</t>
         </is>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" s="8" t="inlineStr">
         <is>
-          <t>- 46/Н/3</t>
+          <t>- 5398</t>
         </is>
       </c>
       <c r="I149" s="9" t="n">
-        <v>47519</v>
+        <v>46935</v>
       </c>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>58762</v>
+        <v>57937</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні вимірювальні технології</t>
+          <t>Технічні та програмні засоби автоматизації</t>
         </is>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" s="8" t="inlineStr">
         <is>
-          <t>- 5390</t>
+          <t>- 46/Н/3</t>
         </is>
       </c>
       <c r="I150" s="9" t="n">
-        <v>46935</v>
+        <v>47519</v>
       </c>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>58763</v>
+        <v>58762</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Електронні мікро- і наносистеми та технології</t>
+          <t>Інформаційні вимірювальні технології</t>
         </is>
       </c>
       <c r="G151" s="3"/>
       <c r="H151" s="8" t="inlineStr">
         <is>
-          <t>- 5402</t>
+          <t>- 5390</t>
         </is>
       </c>
       <c r="I151" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J151" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K151" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>58765</v>
+        <v>58763</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наноелектроніка</t>
+          <t>Електронні мікро- і наносистеми та технології</t>
         </is>
       </c>
       <c r="G152" s="3"/>
       <c r="H152" s="8" t="inlineStr">
         <is>
-          <t>- 5403</t>
+          <t>- 5402</t>
         </is>
       </c>
       <c r="I152" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J152" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K152" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>63571</v>
+        <v>58765</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища та гуманітарне розмінування</t>
+          <t>Мікро- та наноелектроніка</t>
         </is>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I153" s="9"/>
+          <t>- 5403</t>
+        </is>
+      </c>
+      <c r="I153" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J153" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K153" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Гірництво</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>28914</v>
+        <v>63571</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Геоінженерія</t>
+          <t>Технології захисту навколишнього середовища та гуманітарне розмінування</t>
         </is>
       </c>
       <c r="G154" s="3"/>
       <c r="H154" s="8" t="inlineStr">
         <is>
-          <t>- 5542</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I154" s="9"/>
       <c r="J154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>184</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Гірництво</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>28680</v>
+        <v>28914</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
-          <t>Технології друкованих і електронних видань</t>
+          <t>Геоінженерія</t>
         </is>
       </c>
       <c r="G155" s="3"/>
       <c r="H155" s="8" t="inlineStr">
         <is>
-          <t>- 13218</t>
+          <t>- 5542</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J155" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>186</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>39469</v>
+        <v>28680</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Технології друкованих і електронних видань</t>
         </is>
       </c>
       <c r="G156" s="3"/>
       <c r="H156" s="8" t="inlineStr">
         <is>
-          <t>- 5590</t>
+          <t>- 13218</t>
         </is>
       </c>
       <c r="I156" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J156" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична терапія, ерготерапія</t>
+        </is>
+      </c>
+      <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>61614</v>
+        <v>39469</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G157" s="3"/>
       <c r="H157" s="8" t="inlineStr">
         <is>
           <t>- 5590</t>
         </is>
       </c>
       <c r="I157" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J157" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
-[...2 lines deleted...]
-      <c r="D158" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D158" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E158" s="6" t="n">
-        <v>18477</v>
+        <v>61614</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні соціальні проекти та волонтерська діяльність</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G158" s="3"/>
       <c r="H158" s="8" t="inlineStr">
         <is>
-          <t>- 5449</t>
+          <t>- 5590</t>
         </is>
       </c>
       <c r="I158" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J158" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>18481</v>
+        <v>18477</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Адміністративний менеджмент</t>
+          <t>Міжнародні соціальні проекти та волонтерська діяльність</t>
         </is>
       </c>
       <c r="G159" s="3"/>
       <c r="H159" s="8" t="inlineStr">
         <is>
-          <t>- 5446</t>
+          <t>- 5449</t>
         </is>
       </c>
       <c r="I159" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J159" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>18483</v>
+        <v>18481</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Електронне урядування</t>
+          <t>Адміністративний менеджмент</t>
         </is>
       </c>
       <c r="G160" s="3"/>
       <c r="H160" s="8" t="inlineStr">
         <is>
-          <t>- 5447</t>
+          <t>- 5446</t>
         </is>
       </c>
       <c r="I160" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J160" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>81849</v>
+        <v>18483</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша – англійська</t>
+          <t>Електронне урядування</t>
         </is>
       </c>
       <c r="G161" s="3"/>
       <c r="H161" s="8" t="inlineStr">
         <is>
-          <t>- 14943</t>
+          <t>- 5447</t>
         </is>
       </c>
       <c r="I161" s="9" t="n">
-        <v>46155</v>
+        <v>46204</v>
       </c>
       <c r="J161" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E162" s="6" t="n">
-        <v>81851</v>
+        <v>81849</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша – німецька</t>
+          <t>Германські мови та літератури (переклад включно), перша – англійська</t>
         </is>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" s="8" t="inlineStr">
         <is>
-          <t>- 14944</t>
+          <t>- 14943</t>
         </is>
       </c>
       <c r="I162" s="9" t="n">
         <v>46155</v>
       </c>
       <c r="J162" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
-          <t>Романські мови та літератури (переклад включно), перша - французька</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E163" s="6" t="n">
-        <v>81853</v>
+        <v>81851</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Романські мови та літератури (переклад включно), перша – французька</t>
+          <t>Германські мови та літератури (переклад включно), перша – німецька</t>
         </is>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" s="8" t="inlineStr">
         <is>
-          <t>- 14945</t>
+          <t>- 14944</t>
         </is>
       </c>
       <c r="I163" s="9" t="n">
         <v>46155</v>
       </c>
       <c r="J163" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K163" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E164" s="6" t="n">
-        <v>81747</v>
+        <v>81853</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Романські мови та літератури (переклад включно), перша – французька</t>
         </is>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I164" s="9"/>
+          <t>- 14945</t>
+        </is>
+      </c>
+      <c r="I164" s="9" t="n">
+        <v>46155</v>
+      </c>
       <c r="J164" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
-          <t>Візуальні мистецтва</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E165" s="6" t="n">
-        <v>81748</v>
+        <v>81747</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" s="8" t="inlineStr">
         <is>
-          <t>- 14942</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I165" s="9"/>
       <c r="J165" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K165" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D166" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E166" s="6" t="n">
-        <v>81773</v>
+        <v>81748</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G166" s="3"/>
       <c r="H166" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I166" s="9"/>
+          <t>- 14942</t>
+        </is>
+      </c>
+      <c r="I166" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J166" s="8" t="inlineStr">
         <is>
-          <t>УД 11019767</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D167" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E167" s="6" t="n">
-        <v>81775</v>
+        <v>81773</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Економічна аналітика</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G167" s="3"/>
       <c r="H167" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I167" s="9"/>
       <c r="J167" s="8" t="inlineStr">
         <is>
           <t>УД 11019767</t>
         </is>
       </c>
       <c r="K167" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E168" s="6" t="n">
-        <v>86322</v>
+        <v>81775</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>Цифрова економіка та менеджмент</t>
+          <t>Економічна аналітика</t>
         </is>
       </c>
       <c r="G168" s="3"/>
       <c r="H168" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I168" s="9"/>
       <c r="J168" s="8" t="inlineStr">
         <is>
           <t>УД 11019767</t>
         </is>
       </c>
       <c r="K168" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D169" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E169" s="6" t="n">
-        <v>81777</v>
+        <v>86322</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
+          <t>Цифрова економіка та менеджмент</t>
         </is>
       </c>
       <c r="G169" s="3"/>
       <c r="H169" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I169" s="9"/>
       <c r="J169" s="8" t="inlineStr">
         <is>
           <t>УД 11019767</t>
         </is>
       </c>
       <c r="K169" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
-[...2 lines deleted...]
-      <c r="D170" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D170" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
       <c r="E170" s="6" t="n">
-        <v>81780</v>
+        <v>81777</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини та цифрова дипломатія</t>
+          <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G170" s="3"/>
       <c r="H170" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I170" s="9"/>
       <c r="J170" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K170" s="9"/>
+          <t>УД 11019767</t>
+        </is>
+      </c>
+      <c r="K170" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>81781</v>
+        <v>81780</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Прикладна психологія</t>
+          <t>Міжнародні відносини та цифрова дипломатія</t>
         </is>
       </c>
       <c r="G171" s="3"/>
       <c r="H171" s="8" t="inlineStr">
         <is>
-          <t>- 16713</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I171" s="9"/>
       <c r="J171" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K171" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>81783</v>
+        <v>81781</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Врегулювання конфліктів та медіація</t>
+          <t>Прикладна психологія</t>
         </is>
       </c>
       <c r="G172" s="3"/>
       <c r="H172" s="8" t="inlineStr">
         <is>
-          <t>- 14946</t>
+          <t>- 16713</t>
         </is>
       </c>
       <c r="I172" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J172" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K172" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>81787</v>
+        <v>81783</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Видавнича справа та редагування</t>
+          <t>Врегулювання конфліктів та медіація</t>
         </is>
       </c>
       <c r="G173" s="3"/>
       <c r="H173" s="8" t="inlineStr">
         <is>
-          <t>- 14510</t>
+          <t>- 14946</t>
         </is>
       </c>
       <c r="I173" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J173" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K173" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>81789</v>
+        <v>81787</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Реклама і зв'язки з громадськістю</t>
+          <t>Видавнича справа та редагування</t>
         </is>
       </c>
       <c r="G174" s="3"/>
       <c r="H174" s="8" t="inlineStr">
         <is>
-          <t>- 14947</t>
+          <t>- 14510</t>
         </is>
       </c>
       <c r="I174" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J174" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K174" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>81792</v>
+        <v>81789</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Управління фінансами</t>
+          <t>Реклама і зв'язки з громадськістю</t>
         </is>
       </c>
       <c r="G175" s="3"/>
       <c r="H175" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I175" s="9"/>
+          <t>- 14947</t>
+        </is>
+      </c>
+      <c r="I175" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J175" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K175" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>81793</v>
+        <v>81792</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Логістика</t>
+          <t>Управління фінансами</t>
         </is>
       </c>
       <c r="G176" s="3"/>
       <c r="H176" s="8" t="inlineStr">
         <is>
-          <t>- 13948</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I176" s="9"/>
       <c r="J176" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K176" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>81795</v>
+        <v>81793</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент і бізнес-адміністрування</t>
+          <t>Логістика</t>
         </is>
       </c>
       <c r="G177" s="3"/>
       <c r="H177" s="8" t="inlineStr">
         <is>
-          <t>- 13949</t>
+          <t>- 13948</t>
         </is>
       </c>
       <c r="I177" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J177" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K177" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B178" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>81797</v>
+        <v>81795</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент міжнародного бізнесу</t>
+          <t>Менеджмент і бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G178" s="3"/>
       <c r="H178" s="8" t="inlineStr">
         <is>
-          <t>- 13950</t>
+          <t>- 13949</t>
         </is>
       </c>
       <c r="I178" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J178" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>86333</v>
+        <v>81797</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент та інженерія виробництва</t>
+          <t>Менеджмент міжнародного бізнесу</t>
         </is>
       </c>
       <c r="G179" s="3"/>
       <c r="H179" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I179" s="9"/>
+          <t>- 13950</t>
+        </is>
+      </c>
+      <c r="I179" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J179" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K179" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>81802</v>
+        <v>86333</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент та інженерія виробництва</t>
         </is>
       </c>
       <c r="G180" s="3"/>
       <c r="H180" s="8" t="inlineStr">
         <is>
-          <t>- 14948</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I180" s="9"/>
       <c r="J180" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K180" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B181" s="8" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>81805</v>
+        <v>81802</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Промисловий маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G181" s="3"/>
       <c r="H181" s="8" t="inlineStr">
         <is>
-          <t>- 14511</t>
+          <t>- 14948</t>
         </is>
       </c>
       <c r="I181" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J181" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K181" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B182" s="8" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>81816</v>
+        <v>81805</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>Комерція і торгівля</t>
+          <t>Промисловий маркетинг</t>
         </is>
       </c>
       <c r="G182" s="3"/>
       <c r="H182" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I182" s="9"/>
+          <t>- 14511</t>
+        </is>
+      </c>
+      <c r="I182" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J182" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K182" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B183" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>78717</v>
+        <v>81816</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
-          <t>Господарське та адміністративне право і процес</t>
+          <t>Комерція і торгівля</t>
         </is>
       </c>
       <c r="G183" s="3"/>
       <c r="H183" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I183" s="9"/>
       <c r="J183" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K183" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B184" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>78723</v>
+        <v>78717</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Господарське та адміністративне право і процес</t>
         </is>
       </c>
       <c r="G184" s="3"/>
       <c r="H184" s="8" t="inlineStr">
         <is>
-          <t>- 14949</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I184" s="9"/>
       <c r="J184" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K184" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B185" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>83390</v>
+        <v>78723</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>Екологічна безпека</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G185" s="3"/>
       <c r="H185" s="8" t="inlineStr">
         <is>
-          <t>- 14950</t>
+          <t>- 14949</t>
         </is>
       </c>
       <c r="I185" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J185" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K185" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>84730</v>
+        <v>83390</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології захисту довкілля</t>
+          <t>Екологічна безпека</t>
         </is>
       </c>
       <c r="G186" s="3"/>
       <c r="H186" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I186" s="9"/>
+          <t>- 14950</t>
+        </is>
+      </c>
+      <c r="I186" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J186" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K186" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>83394</v>
+        <v>84730</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
-          <t>Моделювання фізичних процесів</t>
+          <t>Цифрові технології захисту довкілля</t>
         </is>
       </c>
       <c r="G187" s="3"/>
       <c r="H187" s="8" t="inlineStr">
         <is>
-          <t>- 14951</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I187" s="9"/>
       <c r="J187" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K187" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>83405</v>
+        <v>83394</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика</t>
+          <t>Моделювання фізичних процесів</t>
         </is>
       </c>
       <c r="G188" s="3"/>
       <c r="H188" s="8" t="inlineStr">
         <is>
-          <t>- 14952</t>
+          <t>- 14951</t>
         </is>
       </c>
       <c r="I188" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J188" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K188" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>83409</v>
+        <v>83405</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
-          <t>Страхова та фінансова математика</t>
+          <t>Прикладна фізика</t>
         </is>
       </c>
       <c r="G189" s="3"/>
       <c r="H189" s="8" t="inlineStr">
         <is>
-          <t>- 14953</t>
+          <t>- 14952</t>
         </is>
       </c>
       <c r="I189" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J189" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K189" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>83416</v>
+        <v>83409</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>Математичні методи криптографічного захисту інформації</t>
+          <t>Страхова та фінансова математика</t>
         </is>
       </c>
       <c r="G190" s="3"/>
       <c r="H190" s="8" t="inlineStr">
         <is>
-          <t>- 14954</t>
+          <t>- 14953</t>
         </is>
       </c>
       <c r="I190" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J190" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>83419</v>
+        <v>83416</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
-          <t>Математичні методи моделювання, розпізнавання образів та комп'ютерного зору</t>
+          <t>Математичні методи криптографічного захисту інформації</t>
         </is>
       </c>
       <c r="G191" s="3"/>
       <c r="H191" s="8" t="inlineStr">
         <is>
-          <t>- 14955</t>
+          <t>- 14954</t>
         </is>
       </c>
       <c r="I191" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J191" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B192" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>83423</v>
+        <v>83419</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
-          <t>Машинне навчання та математичне моделювання</t>
+          <t>Математичні методи моделювання, розпізнавання образів та комп'ютерного зору</t>
         </is>
       </c>
       <c r="G192" s="3"/>
       <c r="H192" s="8" t="inlineStr">
         <is>
-          <t>- 14956</t>
+          <t>- 14955</t>
         </is>
       </c>
       <c r="I192" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J192" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K192" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B193" s="8" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>81855</v>
+        <v>83423</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем в енергетиці</t>
+          <t>Машинне навчання та математичне моделювання</t>
         </is>
       </c>
       <c r="G193" s="3"/>
       <c r="H193" s="8" t="inlineStr">
         <is>
-          <t>- 14957</t>
+          <t>- 14956</t>
         </is>
       </c>
       <c r="I193" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J193" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K193" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B194" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>81859</v>
+        <v>81855</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення інформаційних систем</t>
+          <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем в енергетиці</t>
         </is>
       </c>
       <c r="G194" s="3"/>
       <c r="H194" s="8" t="inlineStr">
         <is>
-          <t>- 14958</t>
+          <t>- 14957</t>
         </is>
       </c>
       <c r="I194" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J194" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K194" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B195" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>81862</v>
+        <v>81859</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення комп'ютерних систем</t>
+          <t>Інженерія програмного забезпечення інформаційних систем</t>
         </is>
       </c>
       <c r="G195" s="3"/>
       <c r="H195" s="8" t="inlineStr">
         <is>
-          <t>- 14512</t>
+          <t>- 14958</t>
         </is>
       </c>
       <c r="I195" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J195" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K195" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B196" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>81867</v>
+        <v>81862</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення мультимедійних та інформаційно-пошукових систем</t>
+          <t>Інженерія програмного забезпечення комп'ютерних систем</t>
         </is>
       </c>
       <c r="G196" s="3"/>
       <c r="H196" s="8" t="inlineStr">
         <is>
-          <t>- 14513</t>
+          <t>- 14512</t>
         </is>
       </c>
       <c r="I196" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J196" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B197" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
-        <v>81871</v>
+        <v>81867</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
-          <t>Програмування комп'ютерних ігор</t>
+          <t>Інженерія програмного забезпечення мультимедійних та інформаційно-пошукових систем</t>
         </is>
       </c>
       <c r="G197" s="3"/>
       <c r="H197" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I197" s="9"/>
+          <t>- 14513</t>
+        </is>
+      </c>
+      <c r="I197" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J197" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B198" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>83434</v>
+        <v>81871</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
+          <t>Програмування комп'ютерних ігор</t>
         </is>
       </c>
       <c r="G198" s="3"/>
       <c r="H198" s="8" t="inlineStr">
         <is>
-          <t>- 14959</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I198" s="9"/>
       <c r="J198" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B199" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>83558</v>
+        <v>83434</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні сервіс-орієнтовані розподілені обчислювання</t>
+          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
         </is>
       </c>
       <c r="G199" s="3"/>
       <c r="H199" s="8" t="inlineStr">
         <is>
-          <t>- 14960</t>
+          <t>- 14959</t>
         </is>
       </c>
       <c r="I199" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J199" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K199" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>83560</v>
+        <v>83558</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
-          <t>Системи і методи штучного інтелекту</t>
+          <t>Інтелектуальні сервіс-орієнтовані розподілені обчислювання</t>
         </is>
       </c>
       <c r="G200" s="3"/>
       <c r="H200" s="8" t="inlineStr">
         <is>
-          <t>- 14961</t>
+          <t>- 14960</t>
         </is>
       </c>
       <c r="I200" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J200" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K200" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>83562</v>
+        <v>83560</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології в енергетиці</t>
+          <t>Системи і методи штучного інтелекту</t>
         </is>
       </c>
       <c r="G201" s="3"/>
       <c r="H201" s="8" t="inlineStr">
         <is>
-          <t>- 14963</t>
+          <t>- 14961</t>
         </is>
       </c>
       <c r="I201" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J201" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K201" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>85591</v>
+        <v>83562</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
-          <t>Технології штучного інтелекту у біомедичних системах</t>
+          <t>Цифрові технології в енергетиці</t>
         </is>
       </c>
       <c r="G202" s="3"/>
       <c r="H202" s="8" t="inlineStr">
         <is>
-          <t>- 14962</t>
+          <t>- 14963</t>
         </is>
       </c>
       <c r="I202" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J202" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K202" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B203" s="8" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>83567</v>
+        <v>85591</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз і управління</t>
+          <t>Технології штучного інтелекту у біомедичних системах</t>
         </is>
       </c>
       <c r="G203" s="3"/>
       <c r="H203" s="8" t="inlineStr">
         <is>
-          <t>- 14964</t>
+          <t>- 14962</t>
         </is>
       </c>
       <c r="I203" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J203" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>81876</v>
+        <v>83567</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
-          <t>Безпека державних інформаційних ресурсів</t>
+          <t>Системний аналіз і управління</t>
         </is>
       </c>
       <c r="G204" s="3"/>
       <c r="H204" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I204" s="9"/>
+          <t>- 14964</t>
+        </is>
+      </c>
+      <c r="I204" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J204" s="8" t="inlineStr">
         <is>
-          <t>УД 11019768</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B205" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>81880</v>
+        <v>81876</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
-          <t>Системи технічного захисту інформації</t>
+          <t>Безпека державних інформаційних ресурсів</t>
         </is>
       </c>
       <c r="G205" s="3"/>
       <c r="H205" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I205" s="9"/>
       <c r="J205" s="8" t="inlineStr">
         <is>
           <t>УД 11019768</t>
         </is>
       </c>
       <c r="K205" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B206" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>81883</v>
+        <v>81880</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
-          <t>Системи, технології та математичні методи кібербезпеки</t>
+          <t>Системи технічного захисту інформації</t>
         </is>
       </c>
       <c r="G206" s="3"/>
       <c r="H206" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I206" s="9"/>
       <c r="J206" s="8" t="inlineStr">
         <is>
           <t>УД 11019768</t>
         </is>
       </c>
       <c r="K206" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B207" s="8" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>82954</v>
+        <v>81883</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
-          <t>Інтегровані інформаційні системи</t>
+          <t>Системи, технології та математичні методи кібербезпеки</t>
         </is>
       </c>
       <c r="G207" s="3"/>
       <c r="H207" s="8" t="inlineStr">
         <is>
-          <t>- 14965</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I207" s="9"/>
       <c r="J207" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K207" s="9"/>
+          <t>УД 11019768</t>
+        </is>
+      </c>
+      <c r="K207" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B208" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>82956</v>
+        <v>82954</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне забезпечення робототехнічних систем</t>
+          <t>Інтегровані інформаційні системи</t>
         </is>
       </c>
       <c r="G208" s="3"/>
       <c r="H208" s="8" t="inlineStr">
         <is>
-          <t>- 14966</t>
+          <t>- 14965</t>
         </is>
       </c>
       <c r="I208" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J208" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B209" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>82958</v>
+        <v>82956</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні управляючі системи та технології</t>
+          <t>Інформаційне забезпечення робототехнічних систем</t>
         </is>
       </c>
       <c r="G209" s="3"/>
       <c r="H209" s="8" t="inlineStr">
         <is>
-          <t>- 14967</t>
+          <t>- 14966</t>
         </is>
       </c>
       <c r="I209" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J209" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B210" s="8" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>82962</v>
+        <v>82958</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні системи та мережі</t>
+          <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G210" s="3"/>
       <c r="H210" s="8" t="inlineStr">
         <is>
-          <t>- 14514</t>
+          <t>- 14967</t>
         </is>
       </c>
       <c r="I210" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J210" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B211" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>82965</v>
+        <v>82962</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування та спеціалізовані комп'ютерні системи</t>
+          <t>Комп'ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G211" s="3"/>
       <c r="H211" s="8" t="inlineStr">
         <is>
-          <t>- 14968</t>
+          <t>- 14514</t>
         </is>
       </c>
       <c r="I211" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J211" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B212" s="8" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>82971</v>
+        <v>82965</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Ресурсоефективні чисті технології</t>
+          <t>Системне програмування та спеціалізовані комп'ютерні системи</t>
         </is>
       </c>
       <c r="G212" s="3"/>
       <c r="H212" s="8" t="inlineStr">
         <is>
-          <t>- 14969</t>
+          <t>- 14968</t>
         </is>
       </c>
       <c r="I212" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J212" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B213" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>82976</v>
+        <v>82971</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Ресурсоефективні чисті технології</t>
         </is>
       </c>
       <c r="G213" s="3"/>
       <c r="H213" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I213" s="9"/>
+          <t>- 14969</t>
+        </is>
+      </c>
+      <c r="I213" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J213" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B214" s="8" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>83659</v>
+        <v>82976</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютеризовані процеси лиття</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G214" s="3"/>
       <c r="H214" s="8" t="inlineStr">
         <is>
-          <t>- 14996</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I214" s="9"/>
       <c r="J214" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B215" s="8" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Металургія</t>
+        </is>
+      </c>
+      <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>84506</v>
+        <v>83659</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг поліграфічних систем</t>
+          <t>Комп'ютеризовані процеси лиття</t>
         </is>
       </c>
       <c r="G215" s="3"/>
       <c r="H215" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I215" s="9"/>
+          <t>- 14996</t>
+        </is>
+      </c>
+      <c r="I215" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J215" s="8" t="inlineStr">
         <is>
-          <t>УД 11020441</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B216" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D216" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E216" s="6" t="n">
-        <v>84511</v>
+        <v>84506</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг обладнання виробництва полімерних та будівельних матеріалів і виробів</t>
+          <t>Інжиніринг поліграфічних систем</t>
         </is>
       </c>
       <c r="G216" s="3"/>
       <c r="H216" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I216" s="9"/>
       <c r="J216" s="8" t="inlineStr">
         <is>
           <t>УД 11020441</t>
         </is>
       </c>
       <c r="K216" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B217" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D217" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E217" s="6" t="n">
-        <v>84513</v>
+        <v>84511</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
-          <t>Інженерія промислових процесів та обладнання</t>
+          <t>Інжиніринг обладнання виробництва полімерних та будівельних матеріалів і виробів</t>
         </is>
       </c>
       <c r="G217" s="3"/>
       <c r="H217" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I217" s="9"/>
       <c r="J217" s="8" t="inlineStr">
         <is>
           <t>УД 11020441</t>
         </is>
       </c>
       <c r="K217" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D218" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E218" s="6" t="n">
-        <v>86360</v>
+        <v>84513</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
-          <t>Енергоощадне обладнання біопаливних та водневих технологій</t>
+          <t>Інженерія промислових процесів та обладнання</t>
         </is>
       </c>
       <c r="G218" s="3"/>
       <c r="H218" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I218" s="9"/>
       <c r="J218" s="8" t="inlineStr">
         <is>
           <t>УД 11020441</t>
         </is>
       </c>
       <c r="K218" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B219" s="8" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
-[...2 lines deleted...]
-      <c r="D219" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D219" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E219" s="6" t="n">
-        <v>83678</v>
+        <v>86360</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
-          <t>Інженерія безпілотних та автономних систем</t>
+          <t>Енергоощадне обладнання біопаливних та водневих технологій</t>
         </is>
       </c>
       <c r="G219" s="3"/>
       <c r="H219" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I219" s="9"/>
       <c r="J219" s="8" t="inlineStr">
         <is>
-          <t>УД 11019770</t>
+          <t>УД 11020441</t>
         </is>
       </c>
       <c r="K219" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B220" s="8" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>83679</v>
+        <v>83678</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
-          <t>Інженерія авіаційних та ракетно-космічних систем</t>
+          <t>Інженерія безпілотних та автономних систем</t>
         </is>
       </c>
       <c r="G220" s="3"/>
       <c r="H220" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I220" s="9"/>
       <c r="J220" s="8" t="inlineStr">
         <is>
           <t>УД 11019770</t>
         </is>
       </c>
       <c r="K220" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B221" s="8" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>83681</v>
+        <v>83679</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
-          <t>Літаки і вертольоти</t>
+          <t>Інженерія авіаційних та ракетно-космічних систем</t>
         </is>
       </c>
       <c r="G221" s="3"/>
       <c r="H221" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I221" s="9"/>
       <c r="J221" s="8" t="inlineStr">
         <is>
           <t>УД 11019770</t>
         </is>
       </c>
       <c r="K221" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B222" s="8" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>83684</v>
+        <v>83681</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
-          <t>Системи керування літальними апаратами та комплексами</t>
+          <t>Літаки і вертольоти</t>
         </is>
       </c>
       <c r="G222" s="3"/>
       <c r="H222" s="8" t="inlineStr">
         <is>
-          <t>- 14997</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I222" s="9"/>
       <c r="J222" s="8" t="inlineStr">
         <is>
           <t>УД 11019770</t>
         </is>
       </c>
       <c r="K222" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B223" s="8" t="inlineStr">
         <is>
-          <t>G16</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Гірництво та нафтогазові технології</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>83687</v>
+        <v>83684</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
-          <t>Геоінженерія</t>
+          <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
       <c r="G223" s="3"/>
       <c r="H223" s="8" t="inlineStr">
         <is>
-          <t>- 14518</t>
+          <t>- 14997</t>
         </is>
       </c>
       <c r="I223" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J223" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K223" s="9"/>
+          <t>УД 11019770</t>
+        </is>
+      </c>
+      <c r="K223" s="9" t="n">
+        <v>47300</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B224" s="8" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>82979</v>
+        <v>83687</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
-          <t>Екоінженерія та природоохоронні технології</t>
+          <t>Геоінженерія</t>
         </is>
       </c>
       <c r="G224" s="3"/>
       <c r="H224" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I224" s="9"/>
+          <t>- 14518</t>
+        </is>
+      </c>
+      <c r="I224" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J224" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K224" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B225" s="8" t="inlineStr">
         <is>
-          <t>G20</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>83690</v>
+        <v>82979</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
-          <t>Технології друкованих і електронних видань</t>
+          <t>Екоінженерія та природоохоронні технології</t>
         </is>
       </c>
       <c r="G225" s="3"/>
       <c r="H225" s="8" t="inlineStr">
         <is>
-          <t>- 14998</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I225" s="9"/>
       <c r="J225" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K225" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B226" s="8" t="inlineStr">
         <is>
-          <t>G21</t>
+          <t>G20</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>83693</v>
+        <v>83690</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології</t>
+          <t>Технології друкованих і електронних видань</t>
         </is>
       </c>
       <c r="G226" s="3"/>
       <c r="H226" s="8" t="inlineStr">
         <is>
-          <t>- 14999</t>
+          <t>- 14998</t>
         </is>
       </c>
       <c r="I226" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J226" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K226" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B227" s="8" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>G21</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>83697</v>
+        <v>83693</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
-          <t>Регенеративна та біофармацевтична інженерія</t>
+          <t>Біотехнології</t>
         </is>
       </c>
       <c r="G227" s="3"/>
       <c r="H227" s="8" t="inlineStr">
         <is>
-          <t>- 15000</t>
+          <t>- 14999</t>
         </is>
       </c>
       <c r="I227" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J227" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B228" s="8" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>85587</v>
+        <v>83697</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
-          <t>Медична інженерія</t>
+          <t>Регенеративна та біофармацевтична інженерія</t>
         </is>
       </c>
       <c r="G228" s="3"/>
       <c r="H228" s="8" t="inlineStr">
         <is>
-          <t>- 14519</t>
+          <t>- 15000</t>
         </is>
       </c>
       <c r="I228" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J228" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B229" s="8" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>83575</v>
+        <v>85587</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
-          <t>Електричні машини і апарати</t>
+          <t>Медична інженерія</t>
         </is>
       </c>
       <c r="G229" s="3"/>
       <c r="H229" s="8" t="inlineStr">
         <is>
-          <t>- 14970</t>
+          <t>- 14519</t>
         </is>
       </c>
       <c r="I229" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J229" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K229" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B230" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>83577</v>
+        <v>83575</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
-          <t>Електричні системи і мережі</t>
+          <t>Електричні машини і апарати</t>
         </is>
       </c>
       <c r="G230" s="3"/>
       <c r="H230" s="8" t="inlineStr">
         <is>
-          <t>- 14971</t>
+          <t>- 14970</t>
         </is>
       </c>
       <c r="I230" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J230" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B231" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>83579</v>
+        <v>83577</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
-          <t>Електричні станції</t>
+          <t>Електричні системи і мережі</t>
         </is>
       </c>
       <c r="G231" s="3"/>
       <c r="H231" s="8" t="inlineStr">
         <is>
-          <t>- 14972</t>
+          <t>- 14971</t>
         </is>
       </c>
       <c r="I231" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J231" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K231" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B232" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
-        <v>83581</v>
+        <v>83579</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
-          <t>Електромеханічні системи автоматизації, електропривод та електромобільність</t>
+          <t>Електричні станції</t>
         </is>
       </c>
       <c r="G232" s="3"/>
       <c r="H232" s="8" t="inlineStr">
         <is>
-          <t>- №46/Н/2</t>
+          <t>- 14972</t>
         </is>
       </c>
       <c r="I232" s="9" t="n">
-        <v>47519</v>
+        <v>46935</v>
       </c>
       <c r="J232" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K232" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B233" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
-        <v>83583</v>
+        <v>83581</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні пристрої та електротехнологічні комплекси</t>
+          <t>Електромеханічні системи автоматизації, електропривод та електромобільність</t>
         </is>
       </c>
       <c r="G233" s="3"/>
       <c r="H233" s="8" t="inlineStr">
         <is>
-          <t>- 14973</t>
+          <t>- №46/Н/2</t>
         </is>
       </c>
       <c r="I233" s="9" t="n">
-        <v>46935</v>
+        <v>47519</v>
       </c>
       <c r="J233" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K233" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B234" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>83585</v>
+        <v>83583</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
-          <t>Управління, захист та автоматизація енергосистем</t>
+          <t>Електротехнічні пристрої та електротехнологічні комплекси</t>
         </is>
       </c>
       <c r="G234" s="3"/>
       <c r="H234" s="8" t="inlineStr">
         <is>
-          <t>- 14974</t>
+          <t>- 14973</t>
         </is>
       </c>
       <c r="I234" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J234" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K234" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B235" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>83588</v>
+        <v>83585</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
-          <t>Енергоменеджмент та енергоефективні технології</t>
+          <t>Управління, захист та автоматизація енергосистем</t>
         </is>
       </c>
       <c r="G235" s="3"/>
       <c r="H235" s="8" t="inlineStr">
         <is>
-          <t>- 46/Н/6</t>
+          <t>- 14974</t>
         </is>
       </c>
       <c r="I235" s="9" t="n">
-        <v>47519</v>
+        <v>46935</v>
       </c>
       <c r="J235" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K235" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B236" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>83590</v>
+        <v>83588</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг інтелектуальних електротехнічних та мехатронних комплексів</t>
+          <t>Енергоменеджмент та енергоефективні технології</t>
         </is>
       </c>
       <c r="G236" s="3"/>
       <c r="H236" s="8" t="inlineStr">
         <is>
-          <t>- 14976</t>
+          <t>- 46/Н/6</t>
         </is>
       </c>
       <c r="I236" s="9" t="n">
-        <v>46935</v>
+        <v>47519</v>
       </c>
       <c r="J236" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K236" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B237" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>83592</v>
+        <v>83590</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
-          <t>Системи забезпечення споживачів електричною енергією</t>
+          <t>Інжиніринг інтелектуальних електротехнічних та мехатронних комплексів</t>
         </is>
       </c>
       <c r="G237" s="3"/>
       <c r="H237" s="8" t="inlineStr">
         <is>
-          <t>- 14977</t>
+          <t>- 14976</t>
         </is>
       </c>
       <c r="I237" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J237" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K237" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B238" s="8" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Електрична інженерія</t>
+        </is>
+      </c>
+      <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>78726</v>
+        <v>83592</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
-          <t>Атомні електричні станції</t>
+          <t>Системи забезпечення споживачів електричною енергією</t>
         </is>
       </c>
       <c r="G238" s="3"/>
       <c r="H238" s="8" t="inlineStr">
         <is>
-          <t>- 14979</t>
+          <t>- 14977</t>
         </is>
       </c>
       <c r="I238" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J238" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K238" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B239" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D239" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="E239" s="6" t="n">
-        <v>84365</v>
+        <v>78726</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
-          <t>Енергогенеруюче обладнання та системи термостабілізації</t>
+          <t>Атомні електричні станції</t>
         </is>
       </c>
       <c r="G239" s="3"/>
       <c r="H239" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I239" s="9"/>
+          <t>- 14979</t>
+        </is>
+      </c>
+      <c r="I239" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J239" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B240" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D240" s="3" t="inlineStr">
         <is>
-          <t>Відновлювані джерела енергії та гідроенергетика</t>
+          <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="E240" s="6" t="n">
-        <v>84328</v>
+        <v>84365</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
-          <t>Нетрадиційні та відновлювані джерела енергії</t>
+          <t>Енергогенеруюче обладнання та системи термостабілізації</t>
         </is>
       </c>
       <c r="G240" s="3"/>
       <c r="H240" s="8" t="inlineStr">
         <is>
-          <t>- 14978</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I240" s="9"/>
       <c r="J240" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K240" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B241" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D241" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Відновлювані джерела енергії та гідроенергетика</t>
         </is>
       </c>
       <c r="E241" s="6" t="n">
-        <v>84373</v>
+        <v>84328</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика та теплоенергетичні установки електростанцій</t>
+          <t>Нетрадиційні та відновлювані джерела енергії</t>
         </is>
       </c>
       <c r="G241" s="3"/>
       <c r="H241" s="8" t="inlineStr">
         <is>
-          <t>- 14980</t>
+          <t>- 14978</t>
         </is>
       </c>
       <c r="I241" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J241" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K241" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B242" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D242" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E242" s="6" t="n">
-        <v>86349</v>
+        <v>84373</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютеризовані технології та інжиніринг теплоенергетичних систем</t>
+          <t>Теплоенергетика та теплоенергетичні установки електростанцій</t>
         </is>
       </c>
       <c r="G242" s="3"/>
       <c r="H242" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I242" s="9"/>
+          <t>- 14980</t>
+        </is>
+      </c>
+      <c r="I242" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J242" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K242" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B243" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D243" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E243" s="6" t="n">
-        <v>86859</v>
+        <v>86349</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
-          <t>Інженерія енергогенеруючого обладнання та системи термостабілізації</t>
+          <t>Комп'ютеризовані технології та інжиніринг теплоенергетичних систем</t>
         </is>
       </c>
       <c r="G243" s="3"/>
       <c r="H243" s="8" t="inlineStr">
         <is>
-          <t>- 14124</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I243" s="9"/>
       <c r="J243" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K243" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B244" s="8" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
-[...2 lines deleted...]
-      <c r="D244" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D244" s="3" t="inlineStr">
+        <is>
+          <t>Теплоенергетика</t>
+        </is>
+      </c>
       <c r="E244" s="6" t="n">
-        <v>83596</v>
+        <v>86859</v>
       </c>
       <c r="F244" s="3" t="inlineStr">
         <is>
-          <t>Акустичні електронні системи та технології обробки акустичної інформації</t>
+          <t>Інженерія енергогенеруючого обладнання та системи термостабілізації</t>
         </is>
       </c>
       <c r="G244" s="3"/>
       <c r="H244" s="8" t="inlineStr">
         <is>
-          <t>- 14515</t>
+          <t>- 14124</t>
         </is>
       </c>
       <c r="I244" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J244" s="8" t="inlineStr">
         <is>
-          <t>УД 11019771</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K244" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B245" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
-        <v>83598</v>
+        <v>83596</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
-          <t>Електронні системи мультимедіа та засоби Інтернету речей</t>
+          <t>Акустичні електронні системи та технології обробки акустичної інформації</t>
         </is>
       </c>
       <c r="G245" s="3"/>
       <c r="H245" s="8" t="inlineStr">
         <is>
-          <t>- 14516</t>
+          <t>- 14515</t>
         </is>
       </c>
       <c r="I245" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J245" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K245" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B246" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>83600</v>
+        <v>83598</v>
       </c>
       <c r="F246" s="3" t="inlineStr">
         <is>
-          <t>Електронні компоненти і системи</t>
+          <t>Електронні системи мультимедіа та засоби Інтернету речей</t>
         </is>
       </c>
       <c r="G246" s="3"/>
       <c r="H246" s="8" t="inlineStr">
         <is>
-          <t>- ARACIS_2024_1</t>
+          <t>- 14516</t>
         </is>
       </c>
       <c r="I246" s="9" t="n">
-        <v>46946</v>
+        <v>46935</v>
       </c>
       <c r="J246" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K246" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B247" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>83601</v>
+        <v>83600</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
-          <t>Електронні прилади та пристрої</t>
+          <t>Електронні компоненти і системи</t>
         </is>
       </c>
       <c r="G247" s="3"/>
       <c r="H247" s="8" t="inlineStr">
         <is>
-          <t>- 14981</t>
+          <t>- ARACIS_2024_1</t>
         </is>
       </c>
       <c r="I247" s="9" t="n">
-        <v>46935</v>
+        <v>46946</v>
       </c>
       <c r="J247" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K247" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B248" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>83605</v>
+        <v>83601</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
-          <t>Спеціальні системи електронних комунікацій</t>
+          <t>Електронні прилади та пристрої</t>
         </is>
       </c>
       <c r="G248" s="3"/>
       <c r="H248" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I248" s="9"/>
+          <t>- 14981</t>
+        </is>
+      </c>
+      <c r="I248" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J248" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K248" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B249" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>83608</v>
+        <v>83605</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
-          <t>Системи електронних комунікацій та Інтернету речей</t>
+          <t>Спеціальні системи електронних комунікацій</t>
         </is>
       </c>
       <c r="G249" s="3"/>
       <c r="H249" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I249" s="9"/>
       <c r="J249" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K249" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B250" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>83610</v>
+        <v>83608</v>
       </c>
       <c r="F250" s="3" t="inlineStr">
         <is>
-          <t>Інженерія та програмування інфокомунікацій</t>
+          <t>Системи електронних комунікацій та Інтернету речей</t>
         </is>
       </c>
       <c r="G250" s="3"/>
       <c r="H250" s="8" t="inlineStr">
         <is>
-          <t>- 14982</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I250" s="9"/>
       <c r="J250" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K250" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B251" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>83612</v>
+        <v>83610</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-комунікаційні технології</t>
+          <t>Інженерія та програмування інфокомунікацій</t>
         </is>
       </c>
       <c r="G251" s="3"/>
       <c r="H251" s="8" t="inlineStr">
         <is>
-          <t>- 14983</t>
+          <t>- 14982</t>
         </is>
       </c>
       <c r="I251" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J251" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K251" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B252" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>83615</v>
+        <v>83612</v>
       </c>
       <c r="F252" s="3" t="inlineStr">
         <is>
-          <t>Технології радіоелектронної боротьби</t>
+          <t>Інформаційно-комунікаційні технології</t>
         </is>
       </c>
       <c r="G252" s="3"/>
       <c r="H252" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I252" s="9"/>
+          <t>- 14983</t>
+        </is>
+      </c>
+      <c r="I252" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J252" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K252" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B253" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
-        <v>83616</v>
+        <v>83615</v>
       </c>
       <c r="F253" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні технології радіоелектронної техніки</t>
+          <t>Технології радіоелектронної боротьби</t>
         </is>
       </c>
       <c r="G253" s="3"/>
       <c r="H253" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I253" s="9"/>
       <c r="J253" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K253" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B254" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
-        <v>83618</v>
+        <v>83616</v>
       </c>
       <c r="F254" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна та комунікаційна радіоінженерія</t>
+          <t>Інтелектуальні технології радіоелектронної техніки</t>
         </is>
       </c>
       <c r="G254" s="3"/>
       <c r="H254" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I254" s="9"/>
       <c r="J254" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K254" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B255" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>83620</v>
+        <v>83618</v>
       </c>
       <c r="F255" s="3" t="inlineStr">
         <is>
-          <t>Радіотехнічні комп'ютеризовані системи</t>
+          <t>Інформаційна та комунікаційна радіоінженерія</t>
         </is>
       </c>
       <c r="G255" s="3"/>
       <c r="H255" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I255" s="9"/>
       <c r="J255" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K255" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B256" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
-        <v>83622</v>
+        <v>83620</v>
       </c>
       <c r="F256" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
+          <t>Радіотехнічні комп'ютеризовані системи</t>
         </is>
       </c>
       <c r="G256" s="3"/>
       <c r="H256" s="8" t="inlineStr">
         <is>
-          <t>- 14984</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I256" s="9"/>
       <c r="J256" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K256" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B257" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
-        <v>83626</v>
+        <v>83622</v>
       </c>
       <c r="F257" s="3" t="inlineStr">
         <is>
-          <t>Електронні мікро- і наносистеми та технології</t>
+          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
         </is>
       </c>
       <c r="G257" s="3"/>
       <c r="H257" s="8" t="inlineStr">
         <is>
-          <t>- 14985</t>
+          <t>- 14984</t>
         </is>
       </c>
       <c r="I257" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J257" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K257" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B258" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
-        <v>83628</v>
+        <v>83626</v>
       </c>
       <c r="F258" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наноелектроніка</t>
+          <t>Електронні мікро- і наносистеми та технології</t>
         </is>
       </c>
       <c r="G258" s="3"/>
       <c r="H258" s="8" t="inlineStr">
         <is>
-          <t>- 14986</t>
+          <t>- 14985</t>
         </is>
       </c>
       <c r="I258" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J258" s="8" t="inlineStr">
         <is>
           <t>УД 11019771</t>
         </is>
       </c>
       <c r="K258" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B259" s="8" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>83632</v>
+        <v>83628</v>
       </c>
       <c r="F259" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні вимірювальні технології</t>
+          <t>Мікро- та наноелектроніка</t>
         </is>
       </c>
       <c r="G259" s="3"/>
       <c r="H259" s="8" t="inlineStr">
         <is>
-          <t>- 15129</t>
+          <t>- 14986</t>
         </is>
       </c>
       <c r="I259" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J259" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K259" s="9"/>
+          <t>УД 11019771</t>
+        </is>
+      </c>
+      <c r="K259" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B260" s="8" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>83635</v>
+        <v>83632</v>
       </c>
       <c r="F260" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
+          <t>Інформаційні вимірювальні технології</t>
         </is>
       </c>
       <c r="G260" s="3"/>
       <c r="H260" s="8" t="inlineStr">
         <is>
-          <t>- 14987</t>
+          <t>- 15129</t>
         </is>
       </c>
       <c r="I260" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J260" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K260" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B261" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
-        <v>83637</v>
+        <v>83635</v>
       </c>
       <c r="F261" s="3" t="inlineStr">
         <is>
-          <t>Технічні та програмні засоби автоматизації</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
         </is>
       </c>
       <c r="G261" s="3"/>
       <c r="H261" s="8" t="inlineStr">
         <is>
-          <t>- 46/Н/4</t>
+          <t>- 14987</t>
         </is>
       </c>
       <c r="I261" s="9" t="n">
-        <v>47519</v>
+        <v>46935</v>
       </c>
       <c r="J261" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K261" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B262" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
-        <v>85589</v>
+        <v>83637</v>
       </c>
       <c r="F262" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології та робототехніка</t>
+          <t>Технічні та програмні засоби автоматизації</t>
         </is>
       </c>
       <c r="G262" s="3"/>
       <c r="H262" s="8" t="inlineStr">
         <is>
-          <t>- 14988</t>
+          <t>- 46/Н/4</t>
         </is>
       </c>
       <c r="I262" s="9" t="n">
-        <v>46935</v>
+        <v>47519</v>
       </c>
       <c r="J262" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K262" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B263" s="8" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
-        <v>83707</v>
+        <v>85589</v>
       </c>
       <c r="F263" s="3" t="inlineStr">
         <is>
-          <t>Інженерія порошкових та композиційних матеріалів</t>
+          <t>Комп'ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="G263" s="3"/>
       <c r="H263" s="8" t="inlineStr">
         <is>
-          <t>- 14990</t>
+          <t>- 14988</t>
         </is>
       </c>
       <c r="I263" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J263" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K263" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B264" s="8" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
-        <v>85583</v>
+        <v>83707</v>
       </c>
       <c r="F264" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг та комп'ютерне моделювання в матеріалознавстві</t>
+          <t>Інженерія порошкових та композиційних матеріалів</t>
         </is>
       </c>
       <c r="G264" s="3"/>
       <c r="H264" s="8" t="inlineStr">
         <is>
-          <t>- 14989</t>
+          <t>- 14990</t>
         </is>
       </c>
       <c r="I264" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J264" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K264" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B265" s="8" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D265" s="3"/>
       <c r="E265" s="6" t="n">
-        <v>86351</v>
+        <v>85583</v>
       </c>
       <c r="F265" s="3" t="inlineStr">
         <is>
-          <t>Інженерія металевих матеріалів програмними засобами штучного інтелекту</t>
+          <t>Інжиніринг та комп'ютерне моделювання в матеріалознавстві</t>
         </is>
       </c>
       <c r="G265" s="3"/>
       <c r="H265" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I265" s="9"/>
+          <t>- 14989</t>
+        </is>
+      </c>
+      <c r="I265" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J265" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K265" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B266" s="8" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
-        <v>83643</v>
+        <v>86351</v>
       </c>
       <c r="F266" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг паковань та пакувального обладнання</t>
+          <t>Інженерія металевих матеріалів програмними засобами штучного інтелекту</t>
         </is>
       </c>
       <c r="G266" s="3"/>
       <c r="H266" s="8" t="inlineStr">
         <is>
-          <t>- 14991</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I266" s="9"/>
       <c r="J266" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K266" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B267" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D267" s="3"/>
       <c r="E267" s="6" t="n">
-        <v>83645</v>
+        <v>83643</v>
       </c>
       <c r="F267" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг зварювання, лазерних та споріднених технологій</t>
+          <t>Інжиніринг паковань та пакувального обладнання</t>
         </is>
       </c>
       <c r="G267" s="3"/>
       <c r="H267" s="8" t="inlineStr">
         <is>
-          <t>- 14992</t>
+          <t>- 14991</t>
         </is>
       </c>
       <c r="I267" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J267" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K267" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B268" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
-        <v>83647</v>
+        <v>83645</v>
       </c>
       <c r="F268" s="3" t="inlineStr">
         <is>
-          <t>Автоматизовані та роботизовані механічні системи</t>
+          <t>Інжиніринг зварювання, лазерних та споріднених технологій</t>
         </is>
       </c>
       <c r="G268" s="3"/>
       <c r="H268" s="8" t="inlineStr">
         <is>
-          <t>- ARACIS_2024_2</t>
+          <t>- 14992</t>
         </is>
       </c>
       <c r="I268" s="9" t="n">
-        <v>46946</v>
+        <v>47300</v>
       </c>
       <c r="J268" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K268" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B269" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D269" s="3"/>
       <c r="E269" s="6" t="n">
-        <v>83649</v>
+        <v>83647</v>
       </c>
       <c r="F269" s="3" t="inlineStr">
         <is>
-          <t>Динаміка і міцність машин</t>
+          <t>Автоматизовані та роботизовані механічні системи</t>
         </is>
       </c>
       <c r="G269" s="3"/>
       <c r="H269" s="8" t="inlineStr">
         <is>
-          <t>- 14993</t>
+          <t>- ARACIS_2024_2</t>
         </is>
       </c>
       <c r="I269" s="9" t="n">
-        <v>46935</v>
+        <v>46946</v>
       </c>
       <c r="J269" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K269" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B270" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C270" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D270" s="3"/>
       <c r="E270" s="6" t="n">
-        <v>83651</v>
+        <v>83649</v>
       </c>
       <c r="F270" s="3" t="inlineStr">
         <is>
-          <t>Конструювання машин</t>
+          <t>Динаміка і міцність машин</t>
         </is>
       </c>
       <c r="G270" s="3"/>
       <c r="H270" s="8" t="inlineStr">
         <is>
-          <t>- 14994</t>
+          <t>- 14993</t>
         </is>
       </c>
       <c r="I270" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J270" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K270" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B271" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D271" s="3"/>
       <c r="E271" s="6" t="n">
-        <v>83653</v>
+        <v>83651</v>
       </c>
       <c r="F271" s="3" t="inlineStr">
         <is>
-          <t>Технології виробництва літальних апаратів</t>
+          <t>Конструювання машин</t>
         </is>
       </c>
       <c r="G271" s="3"/>
       <c r="H271" s="8" t="inlineStr">
         <is>
-          <t>- 14517</t>
+          <t>- 14994</t>
         </is>
       </c>
       <c r="I271" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J271" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K271" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B272" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D272" s="3"/>
       <c r="E272" s="6" t="n">
-        <v>83655</v>
+        <v>83653</v>
       </c>
       <c r="F272" s="3" t="inlineStr">
         <is>
-          <t>Технології машинобудування</t>
+          <t>Технології виробництва літальних апаратів</t>
         </is>
       </c>
       <c r="G272" s="3"/>
       <c r="H272" s="8" t="inlineStr">
         <is>
-          <t>- 14995</t>
+          <t>- 14517</t>
         </is>
       </c>
       <c r="I272" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J272" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K272" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B273" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D273" s="3"/>
       <c r="E273" s="6" t="n">
-        <v>86353</v>
+        <v>83655</v>
       </c>
       <c r="F273" s="3" t="inlineStr">
         <is>
-          <t>Інженерія роботів і дронів</t>
+          <t>Технології машинобудування</t>
         </is>
       </c>
       <c r="G273" s="3"/>
       <c r="H273" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I273" s="9"/>
+          <t>- 14995</t>
+        </is>
+      </c>
+      <c r="I273" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J273" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K273" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B274" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D274" s="3"/>
       <c r="E274" s="6" t="n">
-        <v>86355</v>
+        <v>86353</v>
       </c>
       <c r="F274" s="3" t="inlineStr">
         <is>
-          <t>Штучний інтелект у механічній інженерії</t>
+          <t>Інженерія роботів і дронів</t>
         </is>
       </c>
       <c r="G274" s="3"/>
       <c r="H274" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I274" s="9"/>
       <c r="J274" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K274" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B275" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D275" s="3"/>
       <c r="E275" s="6" t="n">
-        <v>83702</v>
+        <v>86355</v>
       </c>
       <c r="F275" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні соціальні проєкти та волонтерська діяльність</t>
+          <t>Штучний інтелект у механічній інженерії</t>
         </is>
       </c>
       <c r="G275" s="3"/>
       <c r="H275" s="8" t="inlineStr">
         <is>
-          <t>- 15002</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I275" s="9"/>
       <c r="J275" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K275" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B276" s="8" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C276" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D276" s="3"/>
       <c r="E276" s="6" t="n">
-        <v>78714</v>
+        <v>83702</v>
       </c>
       <c r="F276" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Міжнародні соціальні проєкти та волонтерська діяльність</t>
         </is>
       </c>
       <c r="G276" s="3"/>
       <c r="H276" s="8" t="inlineStr">
         <is>
-          <t>- 15001</t>
+          <t>- 15002</t>
         </is>
       </c>
       <c r="I276" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J276" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K276" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B277" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C277" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
-[...2 lines deleted...]
-      <c r="D277" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D277" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E277" s="6" t="n">
-        <v>7352</v>
+        <v>78714</v>
       </c>
       <c r="F277" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична терапія, ерготерапія</t>
+        </is>
+      </c>
+      <c r="G277" s="3"/>
       <c r="H277" s="8" t="inlineStr">
         <is>
-          <t>- 5490</t>
+          <t>- 15001</t>
         </is>
       </c>
       <c r="I277" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J277" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K277" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B278" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D278" s="3"/>
       <c r="E278" s="6" t="n">
-        <v>63921</v>
+        <v>7352</v>
       </c>
       <c r="F278" s="3" t="inlineStr">
         <is>
-          <t>Європейські студії</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G278" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H278" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I278" s="9"/>
+          <t>- 5490</t>
+        </is>
+      </c>
+      <c r="I278" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J278" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K278" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B279" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D279" s="3"/>
       <c r="E279" s="6" t="n">
-        <v>28478</v>
+        <v>63921</v>
       </c>
       <c r="F279" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Європейські студії</t>
         </is>
       </c>
       <c r="G279" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H279" s="8" t="inlineStr">
         <is>
-          <t>- 5486</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I279" s="9"/>
       <c r="J279" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K279" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B280" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D280" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E280" s="6" t="n">
-        <v>28481</v>
+        <v>28478</v>
       </c>
       <c r="F280" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G280" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H280" s="8" t="inlineStr">
         <is>
-          <t>- 5487</t>
+          <t>- 5486</t>
         </is>
       </c>
       <c r="I280" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J280" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K280" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B281" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C281" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D281" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - французька</t>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E281" s="6" t="n">
-        <v>28485</v>
+        <v>28481</v>
       </c>
       <c r="F281" s="3" t="inlineStr">
         <is>
-          <t>Романські мови та літератури (переклад включно), перша - французька</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="G281" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H281" s="8" t="inlineStr">
         <is>
-          <t>- 5485</t>
+          <t>- 5487</t>
         </is>
       </c>
       <c r="I281" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J281" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K281" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B282" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C282" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D282" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D282" s="3" t="inlineStr">
+        <is>
+          <t>романські мови та літератури (переклад включно), перша - французька</t>
+        </is>
+      </c>
       <c r="E282" s="6" t="n">
-        <v>7065</v>
+        <v>28485</v>
       </c>
       <c r="F282" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
+          <t>Романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="G282" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H282" s="8" t="inlineStr">
         <is>
-          <t>- 10048</t>
+          <t>- 5485</t>
         </is>
       </c>
       <c r="I282" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J282" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K282" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B283" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D283" s="3"/>
       <c r="E283" s="6" t="n">
-        <v>7828</v>
+        <v>7065</v>
       </c>
       <c r="F283" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
+          <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G283" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H283" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I283" s="9"/>
+          <t>- 10048</t>
+        </is>
+      </c>
+      <c r="I283" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J283" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K283" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B284" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D284" s="3"/>
       <c r="E284" s="6" t="n">
-        <v>8569</v>
+        <v>7828</v>
       </c>
       <c r="F284" s="3" t="inlineStr">
         <is>
-          <t>Економічна кібернетика</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G284" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H284" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I284" s="9"/>
       <c r="J284" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K284" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B285" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D285" s="3"/>
       <c r="E285" s="6" t="n">
-        <v>16483</v>
+        <v>8569</v>
       </c>
       <c r="F285" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємтства</t>
+          <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G285" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H285" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I285" s="9"/>
       <c r="J285" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K285" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B286" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D286" s="3"/>
       <c r="E286" s="6" t="n">
-        <v>28490</v>
+        <v>16483</v>
       </c>
       <c r="F286" s="3" t="inlineStr">
         <is>
-          <t>Економіка бізнес-підприємства</t>
+          <t>Економіка підприємтства</t>
         </is>
       </c>
       <c r="G286" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H286" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I286" s="9"/>
       <c r="J286" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K286" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B287" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C287" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D287" s="3"/>
       <c r="E287" s="6" t="n">
-        <v>31110</v>
+        <v>28490</v>
       </c>
       <c r="F287" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-аналітика</t>
+          <t>Економіка бізнес-підприємства</t>
         </is>
       </c>
       <c r="G287" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H287" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I287" s="9"/>
       <c r="J287" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K287" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B288" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
-        <v>56644</v>
+        <v>31110</v>
       </c>
       <c r="F288" s="3" t="inlineStr">
         <is>
-          <t>Економіка і бізнес</t>
+          <t>Бізнес-аналітика</t>
         </is>
       </c>
       <c r="G288" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H288" s="8" t="inlineStr">
         <is>
-          <t>- 10049</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I288" s="9"/>
       <c r="J288" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K288" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B289" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D289" s="3"/>
       <c r="E289" s="6" t="n">
-        <v>57058</v>
+        <v>56644</v>
       </c>
       <c r="F289" s="3" t="inlineStr">
         <is>
-          <t>Економічна аналітика</t>
+          <t>Економіка і бізнес</t>
         </is>
       </c>
       <c r="G289" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H289" s="8" t="inlineStr">
         <is>
-          <t>- 10059</t>
+          <t>- 10049</t>
         </is>
       </c>
       <c r="I289" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J289" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K289" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B290" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
-        <v>6913</v>
+        <v>57058</v>
       </c>
       <c r="F290" s="3" t="inlineStr">
         <is>
-          <t>Соціологія модернізації та науково-технічного розвитку</t>
+          <t>Економічна аналітика</t>
         </is>
       </c>
       <c r="G290" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H290" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I290" s="9"/>
+          <t>- 10059</t>
+        </is>
+      </c>
+      <c r="I290" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J290" s="8" t="inlineStr">
         <is>
-          <t>УД 11017611</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K290" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B291" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D291" s="3"/>
       <c r="E291" s="6" t="n">
-        <v>18479</v>
+        <v>6913</v>
       </c>
       <c r="F291" s="3" t="inlineStr">
         <is>
-          <t>Врегулювання конфліктів та медіація</t>
+          <t>Соціологія модернізації та науково-технічного розвитку</t>
         </is>
       </c>
       <c r="G291" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H291" s="8" t="inlineStr">
         <is>
-          <t>- 6893</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I291" s="9"/>
       <c r="J291" s="8" t="inlineStr">
         <is>
           <t>УД 11017611</t>
         </is>
       </c>
       <c r="K291" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B292" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D292" s="3"/>
       <c r="E292" s="6" t="n">
-        <v>31242</v>
+        <v>18479</v>
       </c>
       <c r="F292" s="3" t="inlineStr">
         <is>
           <t>Врегулювання конфліктів та медіація</t>
         </is>
       </c>
       <c r="G292" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H292" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I292" s="9"/>
+          <t>- 6893</t>
+        </is>
+      </c>
+      <c r="I292" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J292" s="8" t="inlineStr">
         <is>
           <t>УД 11017611</t>
         </is>
       </c>
       <c r="K292" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B293" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D293" s="3"/>
       <c r="E293" s="6" t="n">
-        <v>61415</v>
+        <v>31242</v>
       </c>
       <c r="F293" s="3" t="inlineStr">
         <is>
-          <t>Аналітика соціальних даних</t>
+          <t>Врегулювання конфліктів та медіація</t>
         </is>
       </c>
       <c r="G293" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H293" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I293" s="9"/>
       <c r="J293" s="8" t="inlineStr">
         <is>
           <t>УД 11017611</t>
         </is>
       </c>
       <c r="K293" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B294" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D294" s="3"/>
       <c r="E294" s="6" t="n">
-        <v>6612</v>
+        <v>61415</v>
       </c>
       <c r="F294" s="3" t="inlineStr">
         <is>
-          <t>Видавнича справа та редагування</t>
+          <t>Аналітика соціальних даних</t>
         </is>
       </c>
       <c r="G294" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H294" s="8" t="inlineStr">
         <is>
-          <t>- 9592</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I294" s="9"/>
       <c r="J294" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K294" s="9"/>
+          <t>УД 11017611</t>
+        </is>
+      </c>
+      <c r="K294" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B295" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D295" s="3"/>
       <c r="E295" s="6" t="n">
-        <v>7057</v>
+        <v>6612</v>
       </c>
       <c r="F295" s="3" t="inlineStr">
         <is>
-          <t>Реклама і зв'язки з громадськістю</t>
+          <t>Видавнича справа та редагування</t>
         </is>
       </c>
       <c r="G295" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H295" s="8" t="inlineStr">
         <is>
-          <t>- 9593</t>
+          <t>- 9592</t>
         </is>
       </c>
       <c r="I295" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J295" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K295" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B296" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D296" s="3"/>
       <c r="E296" s="6" t="n">
-        <v>6485</v>
+        <v>7057</v>
       </c>
       <c r="F296" s="3" t="inlineStr">
         <is>
-          <t>Логістика</t>
+          <t>Реклама і зв'язки з громадськістю</t>
         </is>
       </c>
       <c r="G296" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H296" s="8" t="inlineStr">
         <is>
-          <t>- 5518</t>
+          <t>- 9593</t>
         </is>
       </c>
       <c r="I296" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J296" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K296" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B297" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D297" s="3"/>
       <c r="E297" s="6" t="n">
-        <v>8260</v>
+        <v>6485</v>
       </c>
       <c r="F297" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент і бізнес-адміністрування</t>
+          <t>Логістика</t>
         </is>
       </c>
       <c r="G297" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H297" s="8" t="inlineStr">
         <is>
-          <t>- 5517</t>
+          <t>- 5518</t>
         </is>
       </c>
       <c r="I297" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J297" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K297" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B298" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C298" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D298" s="3"/>
       <c r="E298" s="6" t="n">
-        <v>18476</v>
+        <v>8260</v>
       </c>
       <c r="F298" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент міжнародного бізнесу</t>
+          <t>Менеджмент і бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G298" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H298" s="8" t="inlineStr">
         <is>
-          <t>- 5516</t>
+          <t>- 5517</t>
         </is>
       </c>
       <c r="I298" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J298" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K298" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B299" s="8" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C299" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D299" s="3"/>
       <c r="E299" s="6" t="n">
-        <v>4859</v>
+        <v>18476</v>
       </c>
       <c r="F299" s="3" t="inlineStr">
         <is>
-          <t>Промисловий маркетинг</t>
+          <t>Менеджмент міжнародного бізнесу</t>
         </is>
       </c>
       <c r="G299" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H299" s="8" t="inlineStr">
         <is>
-          <t>- 5491</t>
+          <t>- 5516</t>
         </is>
       </c>
       <c r="I299" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J299" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K299" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B300" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D300" s="3"/>
       <c r="E300" s="6" t="n">
-        <v>7448</v>
+        <v>4859</v>
       </c>
       <c r="F300" s="3" t="inlineStr">
         <is>
-          <t>Господарське та адміністративне право і процес</t>
+          <t>Промисловий маркетинг</t>
         </is>
       </c>
       <c r="G300" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H300" s="8" t="inlineStr">
         <is>
-          <t>- 5515</t>
+          <t>- 5491</t>
         </is>
       </c>
       <c r="I300" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J300" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K300" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B301" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D301" s="3"/>
       <c r="E301" s="6" t="n">
-        <v>8259</v>
+        <v>7448</v>
       </c>
       <c r="F301" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне право та право інтелектуальної власності</t>
+          <t>Господарське та адміністративне право і процес</t>
         </is>
       </c>
       <c r="G301" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H301" s="8" t="inlineStr">
         <is>
-          <t>- 5514</t>
+          <t>- 5515</t>
         </is>
       </c>
       <c r="I301" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J301" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K301" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B302" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C302" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D302" s="3"/>
       <c r="E302" s="6" t="n">
-        <v>7450</v>
+        <v>8259</v>
       </c>
       <c r="F302" s="3" t="inlineStr">
         <is>
-          <t>Екологічна безпека</t>
+          <t>Інформаційне право та право інтелектуальної власності</t>
         </is>
       </c>
       <c r="G302" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H302" s="8" t="inlineStr">
         <is>
-          <t>- 5513</t>
+          <t>- 5514</t>
         </is>
       </c>
       <c r="I302" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J302" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K302" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B303" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C303" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D303" s="3"/>
       <c r="E303" s="6" t="n">
-        <v>6484</v>
+        <v>7450</v>
       </c>
       <c r="F303" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерне моделювання фізичних процесів</t>
+          <t>Екологічна безпека</t>
         </is>
       </c>
       <c r="G303" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H303" s="8" t="inlineStr">
         <is>
-          <t>- 5494</t>
+          <t>- 5513</t>
         </is>
       </c>
       <c r="I303" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J303" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K303" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B304" s="8" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C304" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D304" s="3"/>
       <c r="E304" s="6" t="n">
-        <v>31248</v>
+        <v>6484</v>
       </c>
       <c r="F304" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика</t>
+          <t>Комп’ютерне моделювання фізичних процесів</t>
         </is>
       </c>
       <c r="G304" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H304" s="8" t="inlineStr">
         <is>
-          <t>- 5489</t>
+          <t>- 5494</t>
         </is>
       </c>
       <c r="I304" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J304" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K304" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B305" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C305" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D305" s="3"/>
       <c r="E305" s="6" t="n">
-        <v>10803</v>
+        <v>31248</v>
       </c>
       <c r="F305" s="3" t="inlineStr">
         <is>
-          <t>Страхова та фінансова математика</t>
+          <t>Прикладна фізика</t>
         </is>
       </c>
       <c r="G305" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H305" s="8" t="inlineStr">
         <is>
-          <t>- 5493</t>
+          <t>- 5489</t>
         </is>
       </c>
       <c r="I305" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J305" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K305" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B306" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C306" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D306" s="3"/>
       <c r="E306" s="6" t="n">
-        <v>31236</v>
+        <v>10803</v>
       </c>
       <c r="F306" s="3" t="inlineStr">
         <is>
           <t>Страхова та фінансова математика</t>
         </is>
       </c>
       <c r="G306" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H306" s="8" t="inlineStr">
         <is>
-          <t>- 5492</t>
+          <t>- 5493</t>
         </is>
       </c>
       <c r="I306" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J306" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K306" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B307" s="8" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D307" s="3"/>
       <c r="E307" s="6" t="n">
-        <v>5828</v>
+        <v>31236</v>
       </c>
       <c r="F307" s="3" t="inlineStr">
         <is>
-          <t>Наука про дані та математичне моделювання</t>
+          <t>Страхова та фінансова математика</t>
         </is>
       </c>
       <c r="G307" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H307" s="8" t="inlineStr">
         <is>
-          <t>- 5512</t>
+          <t>- 5492</t>
         </is>
       </c>
       <c r="I307" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J307" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K307" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B308" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D308" s="3"/>
       <c r="E308" s="6" t="n">
-        <v>31239</v>
+        <v>5828</v>
       </c>
       <c r="F308" s="3" t="inlineStr">
         <is>
           <t>Наука про дані та математичне моделювання</t>
         </is>
       </c>
       <c r="G308" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H308" s="8" t="inlineStr">
         <is>
-          <t>- 5522</t>
+          <t>- 5512</t>
         </is>
       </c>
       <c r="I308" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J308" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K308" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B309" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C309" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D309" s="3"/>
       <c r="E309" s="6" t="n">
-        <v>31250</v>
+        <v>31239</v>
       </c>
       <c r="F309" s="3" t="inlineStr">
         <is>
-          <t>Математичні методи криптографічного захисту інформації</t>
+          <t>Наука про дані та математичне моделювання</t>
         </is>
       </c>
       <c r="G309" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H309" s="8" t="inlineStr">
         <is>
-          <t>- 5524</t>
+          <t>- 5522</t>
         </is>
       </c>
       <c r="I309" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J309" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K309" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B310" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C310" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D310" s="3"/>
       <c r="E310" s="6" t="n">
-        <v>49231</v>
+        <v>31250</v>
       </c>
       <c r="F310" s="3" t="inlineStr">
         <is>
-          <t>Математичні методи моделювання, розпізнавання образів та комп'ютерного зору</t>
+          <t>Математичні методи криптографічного захисту інформації</t>
         </is>
       </c>
       <c r="G310" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H310" s="8" t="inlineStr">
         <is>
-          <t>- 5523</t>
+          <t>- 5524</t>
         </is>
       </c>
       <c r="I310" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J310" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K310" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B311" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C311" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D311" s="3"/>
       <c r="E311" s="6" t="n">
-        <v>6476</v>
+        <v>49231</v>
       </c>
       <c r="F311" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення комп’ютерних та інформаційно-пошукових систем</t>
+          <t>Математичні методи моделювання, розпізнавання образів та комп'ютерного зору</t>
         </is>
       </c>
       <c r="G311" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H311" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I311" s="9"/>
+          <t>- 5523</t>
+        </is>
+      </c>
+      <c r="I311" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J311" s="8" t="inlineStr">
         <is>
-          <t>УД 11017613</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K311" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B312" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D312" s="3"/>
       <c r="E312" s="6" t="n">
-        <v>7032</v>
+        <v>6476</v>
       </c>
       <c r="F312" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення високопродуктивних комп'ютерних систем та мереж</t>
+          <t>Програмне забезпечення комп’ютерних та інформаційно-пошукових систем</t>
         </is>
       </c>
       <c r="G312" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H312" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I312" s="9"/>
       <c r="J312" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K312" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B313" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D313" s="3"/>
       <c r="E313" s="6" t="n">
-        <v>7108</v>
+        <v>7032</v>
       </c>
       <c r="F313" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення розподілених систем</t>
+          <t>Програмне забезпечення високопродуктивних комп'ютерних систем та мереж</t>
         </is>
       </c>
       <c r="G313" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H313" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I313" s="9"/>
       <c r="J313" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K313" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B314" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C314" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D314" s="3"/>
       <c r="E314" s="6" t="n">
-        <v>9471</v>
+        <v>7108</v>
       </c>
       <c r="F314" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення web-технологій та мобільних пристроїв</t>
+          <t>Програмне забезпечення розподілених систем</t>
         </is>
       </c>
       <c r="G314" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H314" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I314" s="9"/>
       <c r="J314" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K314" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B315" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C315" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D315" s="3"/>
       <c r="E315" s="6" t="n">
-        <v>16472</v>
+        <v>9471</v>
       </c>
       <c r="F315" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення інформаційних управляючих систем та технологій</t>
+          <t>Програмне забезпечення web-технологій та мобільних пристроїв</t>
         </is>
       </c>
       <c r="G315" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H315" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I315" s="9"/>
       <c r="J315" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K315" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B316" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C316" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D316" s="3"/>
       <c r="E316" s="6" t="n">
-        <v>18494</v>
+        <v>16472</v>
       </c>
       <c r="F316" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення інформаційно-комунікаційних систем</t>
+          <t>Програмне забезпечення інформаційних управляючих систем та технологій</t>
         </is>
       </c>
       <c r="G316" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H316" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I316" s="9"/>
       <c r="J316" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K316" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B317" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D317" s="3"/>
       <c r="E317" s="6" t="n">
-        <v>18495</v>
+        <v>18494</v>
       </c>
       <c r="F317" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення інтелектуальних та робототехнічних систем</t>
+          <t>Програмне забезпечення інформаційно-комунікаційних систем</t>
         </is>
       </c>
       <c r="G317" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H317" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I317" s="9"/>
       <c r="J317" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K317" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B318" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D318" s="3"/>
       <c r="E318" s="6" t="n">
-        <v>28511</v>
+        <v>18495</v>
       </c>
       <c r="F318" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення розподілених систем</t>
+          <t>Програмне забезпечення інтелектуальних та робототехнічних систем</t>
         </is>
       </c>
       <c r="G318" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H318" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I318" s="9"/>
       <c r="J318" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K318" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B319" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D319" s="3"/>
       <c r="E319" s="6" t="n">
-        <v>28513</v>
+        <v>28511</v>
       </c>
       <c r="F319" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення комп'ютеризованих систем</t>
+          <t>Інженерія програмного забезпечення розподілених систем</t>
         </is>
       </c>
       <c r="G319" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H319" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I319" s="9"/>
       <c r="J319" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K319" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B320" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C320" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D320" s="3"/>
       <c r="E320" s="6" t="n">
-        <v>28516</v>
+        <v>28513</v>
       </c>
       <c r="F320" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення комп'ютерних систем</t>
+          <t>Інженерія програмного забезпечення комп'ютеризованих систем</t>
         </is>
       </c>
       <c r="G320" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H320" s="8" t="inlineStr">
         <is>
-          <t>- 5510</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I320" s="9"/>
       <c r="J320" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K320" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B321" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C321" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D321" s="3"/>
       <c r="E321" s="6" t="n">
-        <v>28519</v>
+        <v>28516</v>
       </c>
       <c r="F321" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення комп'ютерних та інформаційно-пошукових систем</t>
+          <t>Інженерія програмного забезпечення комп'ютерних систем</t>
         </is>
       </c>
       <c r="G321" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H321" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I321" s="9"/>
+          <t>- 5510</t>
+        </is>
+      </c>
+      <c r="I321" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J321" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K321" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B322" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D322" s="3"/>
       <c r="E322" s="6" t="n">
-        <v>31177</v>
+        <v>28519</v>
       </c>
       <c r="F322" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення розподілених систем</t>
+          <t>Інженерія програмного забезпечення комп'ютерних та інформаційно-пошукових систем</t>
         </is>
       </c>
       <c r="G322" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H322" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I322" s="9"/>
       <c r="J322" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K322" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B323" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D323" s="3"/>
       <c r="E323" s="6" t="n">
-        <v>31212</v>
+        <v>31177</v>
       </c>
       <c r="F323" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення комп'ютеризованих систем</t>
+          <t>Інженерія програмного забезпечення розподілених систем</t>
         </is>
       </c>
       <c r="G323" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H323" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I323" s="9"/>
       <c r="J323" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K323" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B324" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C324" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D324" s="3"/>
       <c r="E324" s="6" t="n">
-        <v>31213</v>
+        <v>31212</v>
       </c>
       <c r="F324" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення комп'ютерних систем</t>
+          <t>Інженерія програмного забезпечення комп'ютеризованих систем</t>
         </is>
       </c>
       <c r="G324" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H324" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I324" s="9"/>
       <c r="J324" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K324" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B325" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D325" s="3"/>
       <c r="E325" s="6" t="n">
-        <v>31240</v>
+        <v>31213</v>
       </c>
       <c r="F325" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення комп'ютерних та інформаційно-пошукових систем</t>
+          <t>Інженерія програмного забезпечення комп'ютерних систем</t>
         </is>
       </c>
       <c r="G325" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H325" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I325" s="9"/>
       <c r="J325" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K325" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B326" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C326" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D326" s="3"/>
       <c r="E326" s="6" t="n">
-        <v>34804</v>
+        <v>31240</v>
       </c>
       <c r="F326" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення високопродуктивних комп'ютерних систем та мереж</t>
+          <t>Інженерія програмного забезпечення комп'ютерних та інформаційно-пошукових систем</t>
         </is>
       </c>
       <c r="G326" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H326" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I326" s="9"/>
       <c r="J326" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K326" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B327" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C327" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D327" s="3"/>
       <c r="E327" s="6" t="n">
-        <v>34806</v>
+        <v>34804</v>
       </c>
       <c r="F327" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення інформаційних управляючих систем та технологій</t>
+          <t>Програмне забезпечення високопродуктивних комп'ютерних систем та мереж</t>
         </is>
       </c>
       <c r="G327" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H327" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I327" s="9"/>
       <c r="J327" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K327" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B328" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C328" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D328" s="3"/>
       <c r="E328" s="6" t="n">
-        <v>34807</v>
+        <v>34806</v>
       </c>
       <c r="F328" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення інформаційно-комунікаційних систем</t>
+          <t>Програмне забезпечення інформаційних управляючих систем та технологій</t>
         </is>
       </c>
       <c r="G328" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H328" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I328" s="9"/>
       <c r="J328" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K328" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B329" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D329" s="3"/>
       <c r="E329" s="6" t="n">
-        <v>34808</v>
+        <v>34807</v>
       </c>
       <c r="F329" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення комп'ютерних та інформаційно-пошукових систем</t>
+          <t>Програмне забезпечення інформаційно-комунікаційних систем</t>
         </is>
       </c>
       <c r="G329" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H329" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I329" s="9"/>
       <c r="J329" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K329" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B330" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D330" s="3"/>
       <c r="E330" s="6" t="n">
-        <v>34809</v>
+        <v>34808</v>
       </c>
       <c r="F330" s="3" t="inlineStr">
         <is>
-          <t>Програмне забезпечення розподілених систем</t>
+          <t>Програмне забезпечення комп'ютерних та інформаційно-пошукових систем</t>
         </is>
       </c>
       <c r="G330" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H330" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I330" s="9"/>
       <c r="J330" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K330" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B331" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C331" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D331" s="3"/>
       <c r="E331" s="6" t="n">
-        <v>46634</v>
+        <v>34809</v>
       </c>
       <c r="F331" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення мультимедійних та інформаційно-пошукових систем</t>
+          <t>Програмне забезпечення розподілених систем</t>
         </is>
       </c>
       <c r="G331" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H331" s="8" t="inlineStr">
         <is>
-          <t>- 5511</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I331" s="9"/>
       <c r="J331" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K331" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B332" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C332" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D332" s="3"/>
       <c r="E332" s="6" t="n">
-        <v>46635</v>
+        <v>46634</v>
       </c>
       <c r="F332" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення мультимедійних та інформаційно-пошукових систем</t>
         </is>
       </c>
       <c r="G332" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H332" s="8" t="inlineStr">
         <is>
-          <t>- 5521</t>
+          <t>- 5511</t>
         </is>
       </c>
       <c r="I332" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J332" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K332" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B333" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C333" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D333" s="3"/>
       <c r="E333" s="6" t="n">
-        <v>46727</v>
+        <v>46635</v>
       </c>
       <c r="F333" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення інформаційно-управляючих систем</t>
+          <t>Інженерія програмного забезпечення мультимедійних та інформаційно-пошукових систем</t>
         </is>
       </c>
       <c r="G333" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H333" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I333" s="9"/>
+          <t>- 5521</t>
+        </is>
+      </c>
+      <c r="I333" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J333" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K333" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B334" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C334" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D334" s="3"/>
       <c r="E334" s="6" t="n">
-        <v>46728</v>
+        <v>46727</v>
       </c>
       <c r="F334" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення інформаційно-управляючих систем</t>
         </is>
       </c>
       <c r="G334" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H334" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I334" s="9"/>
       <c r="J334" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K334" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B335" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C335" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D335" s="3"/>
       <c r="E335" s="6" t="n">
-        <v>46730</v>
+        <v>46728</v>
       </c>
       <c r="F335" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем і веб-технологій</t>
+          <t>Інженерія програмного забезпечення інформаційно-управляючих систем</t>
         </is>
       </c>
       <c r="G335" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H335" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I335" s="9"/>
       <c r="J335" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K335" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B336" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C336" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D336" s="3"/>
       <c r="E336" s="6" t="n">
-        <v>46731</v>
+        <v>46730</v>
       </c>
       <c r="F336" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем і веб-технологій</t>
         </is>
       </c>
       <c r="G336" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H336" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I336" s="9"/>
       <c r="J336" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K336" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B337" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C337" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D337" s="3"/>
       <c r="E337" s="6" t="n">
-        <v>49232</v>
+        <v>46731</v>
       </c>
       <c r="F337" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення інформаційних систем</t>
+          <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем і веб-технологій</t>
         </is>
       </c>
       <c r="G337" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H337" s="8" t="inlineStr">
         <is>
-          <t>- 5509</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I337" s="9"/>
       <c r="J337" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K337" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B338" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C338" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D338" s="3"/>
       <c r="E338" s="6" t="n">
-        <v>49233</v>
+        <v>49232</v>
       </c>
       <c r="F338" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення інформаційних систем</t>
         </is>
       </c>
       <c r="G338" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H338" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I338" s="9"/>
+          <t>- 5509</t>
+        </is>
+      </c>
+      <c r="I338" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J338" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K338" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B339" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D339" s="3"/>
       <c r="E339" s="6" t="n">
-        <v>53240</v>
+        <v>49233</v>
       </c>
       <c r="F339" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення комп’ютерних та інформаційних систем</t>
+          <t>Інженерія програмного забезпечення інформаційних систем</t>
         </is>
       </c>
       <c r="G339" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H339" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I339" s="9"/>
       <c r="J339" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K339" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B340" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D340" s="3"/>
       <c r="E340" s="6" t="n">
-        <v>53242</v>
+        <v>53240</v>
       </c>
       <c r="F340" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем в енергетиці</t>
+          <t>Інженерія програмного забезпечення комп’ютерних та інформаційних систем</t>
         </is>
       </c>
       <c r="G340" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H340" s="8" t="inlineStr">
         <is>
-          <t>- 6518</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I340" s="9"/>
       <c r="J340" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K340" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B341" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D341" s="3"/>
       <c r="E341" s="6" t="n">
-        <v>53243</v>
+        <v>53242</v>
       </c>
       <c r="F341" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем в енергетиці</t>
         </is>
       </c>
       <c r="G341" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H341" s="8" t="inlineStr">
         <is>
-          <t>- 8544</t>
+          <t>- 6518</t>
         </is>
       </c>
       <c r="I341" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J341" s="8" t="inlineStr">
         <is>
           <t>УД 11017613</t>
         </is>
       </c>
       <c r="K341" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B342" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C342" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D342" s="3"/>
       <c r="E342" s="6" t="n">
-        <v>21812</v>
+        <v>53243</v>
       </c>
       <c r="F342" s="3" t="inlineStr">
         <is>
-          <t>Геометричне моделювання в інформаційних системах</t>
+          <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем в енергетиці</t>
         </is>
       </c>
       <c r="G342" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H342" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I342" s="9"/>
+          <t>- 8544</t>
+        </is>
+      </c>
+      <c r="I342" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J342" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K342" s="9"/>
+          <t>УД 11017613</t>
+        </is>
+      </c>
+      <c r="K342" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B343" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C343" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D343" s="3"/>
       <c r="E343" s="6" t="n">
-        <v>21814</v>
+        <v>21812</v>
       </c>
       <c r="F343" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології в біології та медицині</t>
+          <t>Геометричне моделювання в інформаційних системах</t>
         </is>
       </c>
       <c r="G343" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H343" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I343" s="9"/>
       <c r="J343" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K343" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B344" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C344" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D344" s="3"/>
       <c r="E344" s="6" t="n">
-        <v>21816</v>
+        <v>21814</v>
       </c>
       <c r="F344" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології моніторингу довкілля</t>
+          <t>Інформаційні технології в біології та медицині</t>
         </is>
       </c>
       <c r="G344" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H344" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I344" s="9"/>
       <c r="J344" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K344" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B345" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C345" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D345" s="3"/>
       <c r="E345" s="6" t="n">
-        <v>26780</v>
+        <v>21816</v>
       </c>
       <c r="F345" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
+          <t>Інформаційні технології моніторингу довкілля</t>
         </is>
       </c>
       <c r="G345" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H345" s="8" t="inlineStr">
         <is>
-          <t>- 9345</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I345" s="9"/>
       <c r="J345" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K345" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B346" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C346" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D346" s="3"/>
       <c r="E346" s="6" t="n">
-        <v>28521</v>
+        <v>26780</v>
       </c>
       <c r="F346" s="3" t="inlineStr">
         <is>
-          <t>Системи і методи штучного інтелекту</t>
+          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
         </is>
       </c>
       <c r="G346" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H346" s="8" t="inlineStr">
         <is>
-          <t>- 5034</t>
+          <t>- 9345</t>
         </is>
       </c>
       <c r="I346" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J346" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K346" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B347" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C347" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D347" s="3"/>
       <c r="E347" s="6" t="n">
-        <v>28523</v>
+        <v>28521</v>
       </c>
       <c r="F347" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні сервіс-орієнтовані розподілені обчислювання</t>
+          <t>Системи і методи штучного інтелекту</t>
         </is>
       </c>
       <c r="G347" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H347" s="8" t="inlineStr">
         <is>
-          <t>- 5040</t>
+          <t>- 5034</t>
         </is>
       </c>
       <c r="I347" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J347" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K347" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B348" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C348" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D348" s="3"/>
       <c r="E348" s="6" t="n">
-        <v>28528</v>
+        <v>28523</v>
       </c>
       <c r="F348" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерний моніторинг та геометричне моделювання процесів і систем</t>
+          <t>Інтелектуальні сервіс-орієнтовані розподілені обчислювання</t>
         </is>
       </c>
       <c r="G348" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H348" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I348" s="9"/>
+          <t>- 5040</t>
+        </is>
+      </c>
+      <c r="I348" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J348" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K348" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B349" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D349" s="3"/>
       <c r="E349" s="6" t="n">
-        <v>28531</v>
+        <v>28528</v>
       </c>
       <c r="F349" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні технології в біології та медицині</t>
+          <t>Комп'ютерний моніторинг та геометричне моделювання процесів і систем</t>
         </is>
       </c>
       <c r="G349" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H349" s="8" t="inlineStr">
         <is>
-          <t>- 5039</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I349" s="9"/>
       <c r="J349" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K349" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B350" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C350" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D350" s="3"/>
       <c r="E350" s="6" t="n">
-        <v>31127</v>
+        <v>28531</v>
       </c>
       <c r="F350" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні сервіс-орієнтовані розподілені обчислювання</t>
+          <t>Комп'ютерні технології в біології та медицині</t>
         </is>
       </c>
       <c r="G350" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H350" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I350" s="9"/>
+          <t>- 5039</t>
+        </is>
+      </c>
+      <c r="I350" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J350" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K350" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B351" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D351" s="3"/>
       <c r="E351" s="6" t="n">
-        <v>31178</v>
+        <v>31127</v>
       </c>
       <c r="F351" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерний моніторинг та геометричне моделювання процесів і систем</t>
+          <t>Інтелектуальні сервіс-орієнтовані розподілені обчислювання</t>
         </is>
       </c>
       <c r="G351" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H351" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I351" s="9"/>
       <c r="J351" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K351" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B352" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C352" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D352" s="3"/>
       <c r="E352" s="6" t="n">
-        <v>31186</v>
+        <v>31178</v>
       </c>
       <c r="F352" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні технології в біології та медицині</t>
+          <t>Комп'ютерний моніторинг та геометричне моделювання процесів і систем</t>
         </is>
       </c>
       <c r="G352" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H352" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I352" s="9"/>
       <c r="J352" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K352" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B353" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C353" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D353" s="3"/>
       <c r="E353" s="6" t="n">
-        <v>53244</v>
+        <v>31186</v>
       </c>
       <c r="F353" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Комп'ютерні технології в біології та медицині</t>
         </is>
       </c>
       <c r="G353" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H353" s="8" t="inlineStr">
         <is>
-          <t>- 7647</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I353" s="9"/>
       <c r="J353" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K353" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B354" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C354" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D354" s="3"/>
       <c r="E354" s="6" t="n">
-        <v>53245</v>
+        <v>53244</v>
       </c>
       <c r="F354" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальний аналіз даних і бізнес-аналітика</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G354" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H354" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I354" s="9"/>
+          <t>- 7647</t>
+        </is>
+      </c>
+      <c r="I354" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J354" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K354" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B355" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C355" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D355" s="3"/>
       <c r="E355" s="6" t="n">
-        <v>53247</v>
+        <v>53245</v>
       </c>
       <c r="F355" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології в енергетиці</t>
+          <t>Інтелектуальний аналіз даних і бізнес-аналітика</t>
         </is>
       </c>
       <c r="G355" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H355" s="8" t="inlineStr">
         <is>
-          <t>- 5038</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I355" s="9"/>
       <c r="J355" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K355" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B356" s="8" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C356" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D356" s="3"/>
       <c r="E356" s="6" t="n">
-        <v>8566</v>
+        <v>53247</v>
       </c>
       <c r="F356" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні системи та мережі</t>
+          <t>Цифрові технології в енергетиці</t>
         </is>
       </c>
       <c r="G356" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H356" s="8" t="inlineStr">
         <is>
-          <t>- 5507</t>
+          <t>- 5038</t>
         </is>
       </c>
       <c r="I356" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J356" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K356" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B357" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C357" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D357" s="3"/>
       <c r="E357" s="6" t="n">
-        <v>28534</v>
+        <v>8566</v>
       </c>
       <c r="F357" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування та спеціалізовані комп`ютерні системи</t>
+          <t>Комп’ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G357" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H357" s="8" t="inlineStr">
         <is>
-          <t>- 5508</t>
+          <t>- 5507</t>
         </is>
       </c>
       <c r="I357" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J357" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K357" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B358" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C358" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D358" s="3"/>
       <c r="E358" s="6" t="n">
-        <v>31214</v>
+        <v>28534</v>
       </c>
       <c r="F358" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні системи та мережі</t>
+          <t>Системне програмування та спеціалізовані комп`ютерні системи</t>
         </is>
       </c>
       <c r="G358" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H358" s="8" t="inlineStr">
         <is>
-          <t>- 5520</t>
+          <t>- 5508</t>
         </is>
       </c>
       <c r="I358" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J358" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K358" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B359" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C359" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D359" s="3"/>
       <c r="E359" s="6" t="n">
-        <v>31241</v>
+        <v>31214</v>
       </c>
       <c r="F359" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування та спеціалізовані комп`ютерні системи</t>
+          <t>Комп'ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G359" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H359" s="8" t="inlineStr">
         <is>
-          <t>- 5519</t>
+          <t>- 5520</t>
         </is>
       </c>
       <c r="I359" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J359" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K359" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B360" s="8" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C360" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D360" s="3"/>
       <c r="E360" s="6" t="n">
-        <v>8257</v>
+        <v>31241</v>
       </c>
       <c r="F360" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз і управління</t>
+          <t>Системне програмування та спеціалізовані комп`ютерні системи</t>
         </is>
       </c>
       <c r="G360" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H360" s="8" t="inlineStr">
         <is>
-          <t>- 9823</t>
+          <t>- 5519</t>
         </is>
       </c>
       <c r="I360" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J360" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K360" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B361" s="8" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C361" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D361" s="3"/>
       <c r="E361" s="6" t="n">
-        <v>18500</v>
+        <v>8257</v>
       </c>
       <c r="F361" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз фінансового ринку</t>
+          <t>Системний аналіз і управління</t>
         </is>
       </c>
       <c r="G361" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H361" s="8" t="inlineStr">
         <is>
-          <t>- 9822</t>
+          <t>- 9823</t>
         </is>
       </c>
       <c r="I361" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J361" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K361" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B362" s="8" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C362" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D362" s="3"/>
       <c r="E362" s="6" t="n">
-        <v>26781</v>
+        <v>18500</v>
       </c>
       <c r="F362" s="3" t="inlineStr">
         <is>
-          <t>Безпека державних інформаційних ресурсів</t>
+          <t>Системний аналіз фінансового ринку</t>
         </is>
       </c>
       <c r="G362" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H362" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I362" s="9"/>
+          <t>- 9822</t>
+        </is>
+      </c>
+      <c r="I362" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J362" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K362" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B363" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C363" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D363" s="3"/>
       <c r="E363" s="6" t="n">
-        <v>31251</v>
+        <v>26781</v>
       </c>
       <c r="F363" s="3" t="inlineStr">
         <is>
-          <t>Системи, технології та математичні методи кібербезпеки</t>
+          <t>Безпека державних інформаційних ресурсів</t>
         </is>
       </c>
       <c r="G363" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H363" s="8" t="inlineStr">
         <is>
-          <t>- 8550</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I363" s="9"/>
       <c r="J363" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K363" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B364" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C364" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D364" s="3"/>
       <c r="E364" s="6" t="n">
-        <v>57881</v>
+        <v>31251</v>
       </c>
       <c r="F364" s="3" t="inlineStr">
         <is>
-          <t>Безпека державних інформаційних ресурсів</t>
+          <t>Системи, технології та математичні методи кібербезпеки</t>
         </is>
       </c>
       <c r="G364" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H364" s="8" t="inlineStr">
         <is>
-          <t>- 9817</t>
+          <t>- 8550</t>
         </is>
       </c>
       <c r="I364" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J364" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K364" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B365" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C365" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D365" s="3"/>
       <c r="E365" s="6" t="n">
-        <v>57889</v>
+        <v>57881</v>
       </c>
       <c r="F365" s="3" t="inlineStr">
         <is>
-          <t>Системи технічного захисту інформації</t>
+          <t>Безпека державних інформаційних ресурсів</t>
         </is>
       </c>
       <c r="G365" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H365" s="8" t="inlineStr">
         <is>
-          <t>- 6524</t>
+          <t>- 9817</t>
         </is>
       </c>
       <c r="I365" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J365" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K365" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B366" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C366" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D366" s="3"/>
       <c r="E366" s="6" t="n">
-        <v>57893</v>
+        <v>57889</v>
       </c>
       <c r="F366" s="3" t="inlineStr">
         <is>
-          <t>Системи, технології та математичні методи кібербезпеки</t>
+          <t>Системи технічного захисту інформації</t>
         </is>
       </c>
       <c r="G366" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H366" s="8" t="inlineStr">
         <is>
-          <t>- 8642</t>
+          <t>- 6524</t>
         </is>
       </c>
       <c r="I366" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J366" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K366" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B367" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C367" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D367" s="3"/>
       <c r="E367" s="6" t="n">
-        <v>57895</v>
+        <v>57893</v>
       </c>
       <c r="F367" s="3" t="inlineStr">
         <is>
           <t>Системи, технології та математичні методи кібербезпеки</t>
         </is>
       </c>
       <c r="G367" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H367" s="8" t="inlineStr">
         <is>
-          <t>- 6525</t>
+          <t>- 8642</t>
         </is>
       </c>
       <c r="I367" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J367" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K367" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B368" s="8" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C368" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D368" s="3"/>
       <c r="E368" s="6" t="n">
-        <v>21805</v>
+        <v>57895</v>
       </c>
       <c r="F368" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні управляючі системи та технології</t>
+          <t>Системи, технології та математичні методи кібербезпеки</t>
         </is>
       </c>
       <c r="G368" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H368" s="8" t="inlineStr">
         <is>
-          <t>- 6745</t>
+          <t>- 6525</t>
         </is>
       </c>
       <c r="I368" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J368" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K368" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B369" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C369" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D369" s="3"/>
       <c r="E369" s="6" t="n">
-        <v>28544</v>
+        <v>21805</v>
       </c>
       <c r="F369" s="3" t="inlineStr">
         <is>
-          <t>Інтегровані інформаційні системи</t>
+          <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G369" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H369" s="8" t="inlineStr">
         <is>
-          <t>- 6743</t>
+          <t>- 6745</t>
         </is>
       </c>
       <c r="I369" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J369" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K369" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B370" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C370" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D370" s="3"/>
       <c r="E370" s="6" t="n">
-        <v>28547</v>
+        <v>28544</v>
       </c>
       <c r="F370" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне забезпечення робототехнічних систем</t>
+          <t>Інтегровані інформаційні системи</t>
         </is>
       </c>
       <c r="G370" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H370" s="8" t="inlineStr">
         <is>
-          <t>- 6746</t>
+          <t>- 6743</t>
         </is>
       </c>
       <c r="I370" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J370" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K370" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B371" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C371" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D371" s="3"/>
       <c r="E371" s="6" t="n">
-        <v>31215</v>
+        <v>28547</v>
       </c>
       <c r="F371" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні управляючі системи та технології</t>
+          <t>Інформаційне забезпечення робототехнічних систем</t>
         </is>
       </c>
       <c r="G371" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H371" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I371" s="9"/>
+          <t>- 6746</t>
+        </is>
+      </c>
+      <c r="I371" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J371" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K371" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B372" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C372" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D372" s="3"/>
       <c r="E372" s="6" t="n">
-        <v>31219</v>
+        <v>31215</v>
       </c>
       <c r="F372" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне забезпечення робототехнічних систем</t>
+          <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G372" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H372" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I372" s="9"/>
       <c r="J372" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K372" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B373" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C373" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D373" s="3"/>
       <c r="E373" s="6" t="n">
-        <v>63468</v>
+        <v>31219</v>
       </c>
       <c r="F373" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Інформаційне забезпечення робототехнічних систем</t>
         </is>
       </c>
       <c r="G373" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H373" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I373" s="9"/>
       <c r="J373" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K373" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B374" s="8" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C374" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D374" s="3"/>
       <c r="E374" s="6" t="n">
-        <v>7062</v>
+        <v>63468</v>
       </c>
       <c r="F374" s="3" t="inlineStr">
         <is>
-          <t>Технології та інжиніринг у зварюванні</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G374" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H374" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I374" s="9"/>
       <c r="J374" s="8" t="inlineStr">
         <is>
-          <t>УД 11017615</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K374" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B375" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C375" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D375" s="3"/>
       <c r="E375" s="6" t="n">
-        <v>7348</v>
+        <v>7062</v>
       </c>
       <c r="F375" s="3" t="inlineStr">
         <is>
-          <t>Динаміка і міцність машин</t>
+          <t>Технології та інжиніринг у зварюванні</t>
         </is>
       </c>
       <c r="G375" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H375" s="8" t="inlineStr">
         <is>
-          <t>- 5501</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I375" s="9"/>
       <c r="J375" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K375" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B376" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C376" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D376" s="3"/>
       <c r="E376" s="6" t="n">
-        <v>7351</v>
+        <v>7348</v>
       </c>
       <c r="F376" s="3" t="inlineStr">
         <is>
-          <t>Автоматизовані технологічні системи у зварюванні</t>
+          <t>Динаміка і міцність машин</t>
         </is>
       </c>
       <c r="G376" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H376" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I376" s="9"/>
+          <t>- 5501</t>
+        </is>
+      </c>
+      <c r="I376" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J376" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K376" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B377" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C377" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D377" s="3"/>
       <c r="E377" s="6" t="n">
-        <v>8167</v>
+        <v>7351</v>
       </c>
       <c r="F377" s="3" t="inlineStr">
         <is>
-          <t>Технології машинобудування</t>
+          <t>Автоматизовані технологічні системи у зварюванні</t>
         </is>
       </c>
       <c r="G377" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H377" s="8" t="inlineStr">
         <is>
-          <t>- 5503</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I377" s="9"/>
       <c r="J377" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K377" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B378" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C378" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D378" s="3"/>
       <c r="E378" s="6" t="n">
-        <v>16463</v>
+        <v>8167</v>
       </c>
       <c r="F378" s="3" t="inlineStr">
         <is>
-          <t>Лазерна техніка та процеси фізико-технічної обробки матеріалів</t>
+          <t>Технології машинобудування</t>
         </is>
       </c>
       <c r="G378" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H378" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I378" s="9"/>
+          <t>- 5503</t>
+        </is>
+      </c>
+      <c r="I378" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J378" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K378" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B379" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C379" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D379" s="3"/>
       <c r="E379" s="6" t="n">
-        <v>18512</v>
+        <v>16463</v>
       </c>
       <c r="F379" s="3" t="inlineStr">
         <is>
-          <t>Лазерна техніка та комп’ютеризовані процеси фізико-технічної обробки матеріалів</t>
+          <t>Лазерна техніка та процеси фізико-технічної обробки матеріалів</t>
         </is>
       </c>
       <c r="G379" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H379" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I379" s="9"/>
       <c r="J379" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K379" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B380" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C380" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D380" s="3"/>
       <c r="E380" s="6" t="n">
-        <v>18518</v>
+        <v>18512</v>
       </c>
       <c r="F380" s="3" t="inlineStr">
         <is>
-          <t>Споріднені технології зварювання та ресурсозбереження</t>
+          <t>Лазерна техніка та комп’ютеризовані процеси фізико-технічної обробки матеріалів</t>
         </is>
       </c>
       <c r="G380" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H380" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I380" s="9"/>
       <c r="J380" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K380" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B381" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C381" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D381" s="3"/>
       <c r="E381" s="6" t="n">
-        <v>28553</v>
+        <v>18518</v>
       </c>
       <c r="F381" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг паковань та пакувального обладнання</t>
+          <t>Споріднені технології зварювання та ресурсозбереження</t>
         </is>
       </c>
       <c r="G381" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H381" s="8" t="inlineStr">
         <is>
-          <t>- 5499</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I381" s="9"/>
       <c r="J381" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K381" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B382" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C382" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D382" s="3"/>
       <c r="E382" s="6" t="n">
-        <v>28560</v>
+        <v>28553</v>
       </c>
       <c r="F382" s="3" t="inlineStr">
         <is>
-          <t>Технології комп'ютерного конструювання верстатів, роботів та машин</t>
+          <t>Інжиніринг паковань та пакувального обладнання</t>
         </is>
       </c>
       <c r="G382" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H382" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I382" s="9"/>
+          <t>- 5499</t>
+        </is>
+      </c>
+      <c r="I382" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J382" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K382" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B383" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C383" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D383" s="3"/>
       <c r="E383" s="6" t="n">
-        <v>28563</v>
+        <v>28560</v>
       </c>
       <c r="F383" s="3" t="inlineStr">
         <is>
-          <t>Інструментальні системи інженерного дизайну</t>
+          <t>Технології комп'ютерного конструювання верстатів, роботів та машин</t>
         </is>
       </c>
       <c r="G383" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H383" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I383" s="9"/>
       <c r="J383" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K383" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B384" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C384" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D384" s="3"/>
       <c r="E384" s="6" t="n">
-        <v>28566</v>
+        <v>28563</v>
       </c>
       <c r="F384" s="3" t="inlineStr">
         <is>
-          <t>Автоматизовані та роботизовані механічні системи</t>
+          <t>Інструментальні системи інженерного дизайну</t>
         </is>
       </c>
       <c r="G384" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H384" s="8" t="inlineStr">
         <is>
-          <t>- 5500</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I384" s="9"/>
       <c r="J384" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K384" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B385" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C385" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D385" s="3"/>
       <c r="E385" s="6" t="n">
-        <v>28924</v>
+        <v>28566</v>
       </c>
       <c r="F385" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка пластичності матеріалів</t>
+          <t>Автоматизовані та роботизовані механічні системи</t>
         </is>
       </c>
       <c r="G385" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H385" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I385" s="9"/>
+          <t>- 5500</t>
+        </is>
+      </c>
+      <c r="I385" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J385" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K385" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B386" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C386" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D386" s="3"/>
       <c r="E386" s="6" t="n">
-        <v>31115</v>
+        <v>28924</v>
       </c>
       <c r="F386" s="3" t="inlineStr">
         <is>
-          <t>Автоматизовані технологічні системи у зварюванні</t>
+          <t>Прикладна механіка пластичності матеріалів</t>
         </is>
       </c>
       <c r="G386" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H386" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I386" s="9"/>
       <c r="J386" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K386" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B387" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C387" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D387" s="3"/>
       <c r="E387" s="6" t="n">
-        <v>31116</v>
+        <v>31115</v>
       </c>
       <c r="F387" s="3" t="inlineStr">
         <is>
-          <t>Споріднені технології зварювання та ресурсозбереження</t>
+          <t>Автоматизовані технологічні системи у зварюванні</t>
         </is>
       </c>
       <c r="G387" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H387" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I387" s="9"/>
       <c r="J387" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K387" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B388" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C388" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D388" s="3"/>
       <c r="E388" s="6" t="n">
-        <v>31117</v>
+        <v>31116</v>
       </c>
       <c r="F388" s="3" t="inlineStr">
         <is>
-          <t>Технології та інжиніринг у зварюванні</t>
+          <t>Споріднені технології зварювання та ресурсозбереження</t>
         </is>
       </c>
       <c r="G388" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H388" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I388" s="9"/>
       <c r="J388" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K388" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B389" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C389" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D389" s="3"/>
       <c r="E389" s="6" t="n">
-        <v>31152</v>
+        <v>31117</v>
       </c>
       <c r="F389" s="3" t="inlineStr">
         <is>
-          <t>Інструментальні системи інженерного дизайну</t>
+          <t>Технології та інжиніринг у зварюванні</t>
         </is>
       </c>
       <c r="G389" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H389" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I389" s="9"/>
       <c r="J389" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K389" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B390" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C390" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D390" s="3"/>
       <c r="E390" s="6" t="n">
-        <v>31156</v>
+        <v>31152</v>
       </c>
       <c r="F390" s="3" t="inlineStr">
         <is>
-          <t>Лазерна техніка та комп'ютеризовані процеси фізико-технічної обробки матеріалів</t>
+          <t>Інструментальні системи інженерного дизайну</t>
         </is>
       </c>
       <c r="G390" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H390" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I390" s="9"/>
       <c r="J390" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K390" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B391" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C391" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D391" s="3"/>
       <c r="E391" s="6" t="n">
-        <v>34376</v>
+        <v>31156</v>
       </c>
       <c r="F391" s="3" t="inlineStr">
         <is>
-          <t>Технології виробництва літальних апаратів</t>
+          <t>Лазерна техніка та комп'ютеризовані процеси фізико-технічної обробки матеріалів</t>
         </is>
       </c>
       <c r="G391" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H391" s="8" t="inlineStr">
         <is>
-          <t>- 5502</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I391" s="9"/>
       <c r="J391" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K391" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B392" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C392" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D392" s="3"/>
       <c r="E392" s="6" t="n">
-        <v>40230</v>
+        <v>34376</v>
       </c>
       <c r="F392" s="3" t="inlineStr">
         <is>
-          <t>Технологічні системи інженерії з'єднань і поверхонь</t>
+          <t>Технології виробництва літальних апаратів</t>
         </is>
       </c>
       <c r="G392" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H392" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I392" s="9"/>
+          <t>- 5502</t>
+        </is>
+      </c>
+      <c r="I392" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J392" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K392" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B393" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C393" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D393" s="3"/>
       <c r="E393" s="6" t="n">
-        <v>40231</v>
+        <v>40230</v>
       </c>
       <c r="F393" s="3" t="inlineStr">
         <is>
           <t>Технологічні системи інженерії з'єднань і поверхонь</t>
         </is>
       </c>
       <c r="G393" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H393" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I393" s="9"/>
       <c r="J393" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K393" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B394" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C394" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D394" s="3"/>
       <c r="E394" s="6" t="n">
-        <v>53249</v>
+        <v>40231</v>
       </c>
       <c r="F394" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Технологічні системи інженерії з'єднань і поверхонь</t>
         </is>
       </c>
       <c r="G394" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H394" s="8" t="inlineStr">
         <is>
-          <t>- 8195</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I394" s="9"/>
       <c r="J394" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K394" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B395" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C395" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D395" s="3"/>
       <c r="E395" s="6" t="n">
-        <v>53252</v>
+        <v>53249</v>
       </c>
       <c r="F395" s="3" t="inlineStr">
         <is>
-          <t>Конструювання та дизайн машин</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="G395" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H395" s="8" t="inlineStr">
         <is>
-          <t>- 6552</t>
+          <t>- 8195</t>
         </is>
       </c>
       <c r="I395" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J395" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K395" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B396" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C396" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D396" s="3"/>
       <c r="E396" s="6" t="n">
-        <v>53254</v>
+        <v>53252</v>
       </c>
       <c r="F396" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг зварювання, лазерних та споріднених технологій</t>
+          <t>Конструювання та дизайн машин</t>
         </is>
       </c>
       <c r="G396" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H396" s="8" t="inlineStr">
         <is>
-          <t>- 6553</t>
+          <t>- 6552</t>
         </is>
       </c>
       <c r="I396" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J396" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K396" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B397" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C397" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D397" s="3"/>
       <c r="E397" s="6" t="n">
-        <v>63575</v>
+        <v>53254</v>
       </c>
       <c r="F397" s="3" t="inlineStr">
         <is>
-          <t>Робототехніка</t>
+          <t>Інжиніринг зварювання, лазерних та споріднених технологій</t>
         </is>
       </c>
       <c r="G397" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H397" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I397" s="9"/>
+          <t>- 6553</t>
+        </is>
+      </c>
+      <c r="I397" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J397" s="8" t="inlineStr">
         <is>
           <t>УД 11017615</t>
         </is>
       </c>
       <c r="K397" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B398" s="8" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C398" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D398" s="3"/>
       <c r="E398" s="6" t="n">
-        <v>4853</v>
+        <v>63575</v>
       </c>
       <c r="F398" s="3" t="inlineStr">
         <is>
-          <t>Металознавство та процеси термічної обробки</t>
+          <t>Робототехніка</t>
         </is>
       </c>
       <c r="G398" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H398" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I398" s="9"/>
       <c r="J398" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K398" s="9"/>
+          <t>УД 11017615</t>
+        </is>
+      </c>
+      <c r="K398" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B399" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C399" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D399" s="3"/>
       <c r="E399" s="6" t="n">
-        <v>6486</v>
+        <v>4853</v>
       </c>
       <c r="F399" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство порошкових композитів і покриттів</t>
+          <t>Металознавство та процеси термічної обробки</t>
         </is>
       </c>
       <c r="G399" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H399" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I399" s="9"/>
       <c r="J399" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K399" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B400" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C400" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D400" s="3"/>
       <c r="E400" s="6" t="n">
-        <v>8025</v>
+        <v>6486</v>
       </c>
       <c r="F400" s="3" t="inlineStr">
         <is>
-          <t>Інженерія та нанотехнології покриттів</t>
+          <t>Матеріалознавство порошкових композитів і покриттів</t>
         </is>
       </c>
       <c r="G400" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H400" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I400" s="9"/>
       <c r="J400" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K400" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B401" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C401" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D401" s="3"/>
       <c r="E401" s="6" t="n">
-        <v>8633</v>
+        <v>8025</v>
       </c>
       <c r="F401" s="3" t="inlineStr">
         <is>
-          <t>Фізичне матеріалознавство</t>
+          <t>Інженерія та нанотехнології покриттів</t>
         </is>
       </c>
       <c r="G401" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H401" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I401" s="9"/>
       <c r="J401" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K401" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B402" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C402" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D402" s="3"/>
       <c r="E402" s="6" t="n">
-        <v>16474</v>
+        <v>8633</v>
       </c>
       <c r="F402" s="3" t="inlineStr">
         <is>
-          <t>Нанотехнології та комп’ютерний дизайн матеріалів</t>
+          <t>Фізичне матеріалознавство</t>
         </is>
       </c>
       <c r="G402" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H402" s="8" t="inlineStr">
         <is>
-          <t>- 5506</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I402" s="9"/>
       <c r="J402" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K402" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B403" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C403" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D403" s="3"/>
       <c r="E403" s="6" t="n">
-        <v>18520</v>
+        <v>16474</v>
       </c>
       <c r="F403" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерний дизайн матеріалів та нанотехнології</t>
+          <t>Нанотехнології та комп’ютерний дизайн матеріалів</t>
         </is>
       </c>
       <c r="G403" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H403" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I403" s="9"/>
+          <t>- 5506</t>
+        </is>
+      </c>
+      <c r="I403" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J403" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K403" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B404" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C404" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D404" s="3"/>
       <c r="E404" s="6" t="n">
-        <v>18523</v>
+        <v>18520</v>
       </c>
       <c r="F404" s="3" t="inlineStr">
         <is>
-          <t>Металознавство та комп'ютерне моделювання процесів термічної обробки</t>
+          <t>Комп’ютерний дизайн матеріалів та нанотехнології</t>
         </is>
       </c>
       <c r="G404" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H404" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I404" s="9"/>
       <c r="J404" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K404" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B405" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C405" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D405" s="3"/>
       <c r="E405" s="6" t="n">
-        <v>18525</v>
+        <v>18523</v>
       </c>
       <c r="F405" s="3" t="inlineStr">
         <is>
-          <t>Металофізичні процеси та їх комп’ютерне моделювання</t>
+          <t>Металознавство та комп'ютерне моделювання процесів термічної обробки</t>
         </is>
       </c>
       <c r="G405" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H405" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I405" s="9"/>
       <c r="J405" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K405" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B406" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C406" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D406" s="3"/>
       <c r="E406" s="6" t="n">
-        <v>31136</v>
+        <v>18525</v>
       </c>
       <c r="F406" s="3" t="inlineStr">
         <is>
-          <t>Металознавство та комп'ютерне моделювання процесів термічної обробки</t>
+          <t>Металофізичні процеси та їх комп’ютерне моделювання</t>
         </is>
       </c>
       <c r="G406" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H406" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I406" s="9"/>
       <c r="J406" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K406" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B407" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C407" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D407" s="3"/>
       <c r="E407" s="6" t="n">
-        <v>31137</v>
+        <v>31136</v>
       </c>
       <c r="F407" s="3" t="inlineStr">
         <is>
-          <t>Металофізичні процеси та їх комп'ютерне моделювання</t>
+          <t>Металознавство та комп'ютерне моделювання процесів термічної обробки</t>
         </is>
       </c>
       <c r="G407" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H407" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I407" s="9"/>
       <c r="J407" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K407" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B408" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C408" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D408" s="3"/>
       <c r="E408" s="6" t="n">
-        <v>31138</v>
+        <v>31137</v>
       </c>
       <c r="F408" s="3" t="inlineStr">
         <is>
-          <t>Нанотехнології та комп'ютерний дизайн матеріалів</t>
+          <t>Металофізичні процеси та їх комп'ютерне моделювання</t>
         </is>
       </c>
       <c r="G408" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H408" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I408" s="9"/>
       <c r="J408" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K408" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B409" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C409" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D409" s="3"/>
       <c r="E409" s="6" t="n">
-        <v>34281</v>
+        <v>31138</v>
       </c>
       <c r="F409" s="3" t="inlineStr">
         <is>
-          <t>Інженерія та нанотехнології покриттів</t>
+          <t>Нанотехнології та комп'ютерний дизайн матеріалів</t>
         </is>
       </c>
       <c r="G409" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H409" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I409" s="9"/>
       <c r="J409" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K409" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B410" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C410" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D410" s="3"/>
       <c r="E410" s="6" t="n">
-        <v>34818</v>
+        <v>34281</v>
       </c>
       <c r="F410" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство порошкових композитів і покриттів</t>
+          <t>Інженерія та нанотехнології покриттів</t>
         </is>
       </c>
       <c r="G410" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H410" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I410" s="9"/>
       <c r="J410" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K410" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B411" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C411" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D411" s="3"/>
       <c r="E411" s="6" t="n">
-        <v>49237</v>
+        <v>34818</v>
       </c>
       <c r="F411" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг та комп'ютерне моделювання в матеріалознавстві</t>
+          <t>Матеріалознавство порошкових композитів і покриттів</t>
         </is>
       </c>
       <c r="G411" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H411" s="8" t="inlineStr">
         <is>
-          <t>- 5505</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I411" s="9"/>
       <c r="J411" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K411" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B412" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C412" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D412" s="3"/>
       <c r="E412" s="6" t="n">
-        <v>49239</v>
+        <v>49237</v>
       </c>
       <c r="F412" s="3" t="inlineStr">
         <is>
           <t>Інжиніринг та комп'ютерне моделювання в матеріалознавстві</t>
         </is>
       </c>
       <c r="G412" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H412" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I412" s="9"/>
+          <t>- 5505</t>
+        </is>
+      </c>
+      <c r="I412" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J412" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K412" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B413" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C413" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D413" s="3"/>
       <c r="E413" s="6" t="n">
-        <v>53255</v>
+        <v>49239</v>
       </c>
       <c r="F413" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Інжиніринг та комп'ютерне моделювання в матеріалознавстві</t>
         </is>
       </c>
       <c r="G413" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H413" s="8" t="inlineStr">
         <is>
-          <t>- 8186</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I413" s="9"/>
       <c r="J413" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K413" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B414" s="8" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C414" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D414" s="3"/>
       <c r="E414" s="6" t="n">
-        <v>16479</v>
+        <v>53255</v>
       </c>
       <c r="F414" s="3" t="inlineStr">
         <is>
-          <t>Обладнання фармацевтичних та біотехнологічних виробництв</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G414" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H414" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I414" s="9"/>
+          <t>- 8186</t>
+        </is>
+      </c>
+      <c r="I414" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J414" s="8" t="inlineStr">
         <is>
-          <t>УД 11017617</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K414" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B415" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C415" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D415" s="3"/>
       <c r="E415" s="6" t="n">
-        <v>18529</v>
+        <v>16479</v>
       </c>
       <c r="F415" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютеризовані поліграфічні системи</t>
+          <t>Обладнання фармацевтичних та біотехнологічних виробництв</t>
         </is>
       </c>
       <c r="G415" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H415" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I415" s="9"/>
       <c r="J415" s="8" t="inlineStr">
         <is>
           <t>УД 11017617</t>
         </is>
       </c>
       <c r="K415" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B416" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C416" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D416" s="3"/>
       <c r="E416" s="6" t="n">
-        <v>31192</v>
+        <v>18529</v>
       </c>
       <c r="F416" s="3" t="inlineStr">
         <is>
-          <t>Обладнання фармацевтичних та біотехнологічних виробництв</t>
+          <t>Комп'ютеризовані поліграфічні системи</t>
         </is>
       </c>
       <c r="G416" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H416" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I416" s="9"/>
       <c r="J416" s="8" t="inlineStr">
         <is>
           <t>УД 11017617</t>
         </is>
       </c>
       <c r="K416" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B417" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C417" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D417" s="3"/>
       <c r="E417" s="6" t="n">
-        <v>49240</v>
+        <v>31192</v>
       </c>
       <c r="F417" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг та комп'ютерно-інтегровані технології проектування інноваційного галузевого обладнання</t>
+          <t>Обладнання фармацевтичних та біотехнологічних виробництв</t>
         </is>
       </c>
       <c r="G417" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H417" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I417" s="9"/>
       <c r="J417" s="8" t="inlineStr">
         <is>
           <t>УД 11017617</t>
         </is>
       </c>
       <c r="K417" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B418" s="8" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C418" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D418" s="3"/>
       <c r="E418" s="6" t="n">
-        <v>7308</v>
+        <v>49240</v>
       </c>
       <c r="F418" s="3" t="inlineStr">
         <is>
-          <t>Літаки і вертольоти</t>
+          <t>Інжиніринг та комп'ютерно-інтегровані технології проектування інноваційного галузевого обладнання</t>
         </is>
       </c>
       <c r="G418" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H418" s="8" t="inlineStr">
         <is>
-          <t>- 6759</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I418" s="9"/>
       <c r="J418" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K418" s="9"/>
+          <t>УД 11017617</t>
+        </is>
+      </c>
+      <c r="K418" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B419" s="8" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C419" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D419" s="3"/>
       <c r="E419" s="6" t="n">
-        <v>39255</v>
+        <v>7308</v>
       </c>
       <c r="F419" s="3" t="inlineStr">
         <is>
-          <t>Інженерія авіаційних та ракетно-космічних систем</t>
+          <t>Літаки і вертольоти</t>
         </is>
       </c>
       <c r="G419" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H419" s="8" t="inlineStr">
         <is>
-          <t>- 5488</t>
+          <t>- 6759</t>
         </is>
       </c>
       <c r="I419" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J419" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K419" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B420" s="8" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C420" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D420" s="3"/>
       <c r="E420" s="6" t="n">
-        <v>18539</v>
+        <v>39255</v>
       </c>
       <c r="F420" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютеризовані процеси лиття</t>
+          <t>Інженерія авіаційних та ракетно-космічних систем</t>
         </is>
       </c>
       <c r="G420" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H420" s="8" t="inlineStr">
         <is>
-          <t>- 5498</t>
+          <t>- 20051</t>
         </is>
       </c>
       <c r="I420" s="9" t="n">
-        <v>46935</v>
+        <v>48030</v>
       </c>
       <c r="J420" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K420" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B421" s="8" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C421" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D421" s="3"/>
       <c r="E421" s="6" t="n">
-        <v>5624</v>
+        <v>18539</v>
       </c>
       <c r="F421" s="3" t="inlineStr">
         <is>
-          <t>Електричні системи і мережі</t>
+          <t>Комп’ютеризовані процеси лиття</t>
         </is>
       </c>
       <c r="G421" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H421" s="8" t="inlineStr">
         <is>
-          <t>- 6766</t>
+          <t>- 5498</t>
         </is>
       </c>
       <c r="I421" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J421" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K421" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B422" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C422" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D422" s="3"/>
       <c r="E422" s="6" t="n">
-        <v>6955</v>
+        <v>5624</v>
       </c>
       <c r="F422" s="3" t="inlineStr">
         <is>
-          <t>Нетрадиційні та відновлювані джерела енергії</t>
+          <t>Електричні системи і мережі</t>
         </is>
       </c>
       <c r="G422" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H422" s="8" t="inlineStr">
         <is>
-          <t>- 6771</t>
+          <t>- 6766</t>
         </is>
       </c>
       <c r="I422" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J422" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K422" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B423" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C423" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D423" s="3"/>
       <c r="E423" s="6" t="n">
-        <v>8299</v>
+        <v>6955</v>
       </c>
       <c r="F423" s="3" t="inlineStr">
         <is>
-          <t>Електричні машини і апарати</t>
+          <t>Нетрадиційні та відновлювані джерела енергії</t>
         </is>
       </c>
       <c r="G423" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H423" s="8" t="inlineStr">
         <is>
-          <t>- 6764</t>
+          <t>- 6771</t>
         </is>
       </c>
       <c r="I423" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J423" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K423" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B424" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C424" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D424" s="3"/>
       <c r="E424" s="6" t="n">
-        <v>8792</v>
+        <v>8299</v>
       </c>
       <c r="F424" s="3" t="inlineStr">
         <is>
-          <t>Електричні станції</t>
+          <t>Електричні машини і апарати</t>
         </is>
       </c>
       <c r="G424" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H424" s="8" t="inlineStr">
         <is>
-          <t>- 6762</t>
+          <t>- 6764</t>
         </is>
       </c>
       <c r="I424" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J424" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K424" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B425" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C425" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D425" s="3"/>
       <c r="E425" s="6" t="n">
-        <v>28589</v>
+        <v>8792</v>
       </c>
       <c r="F425" s="3" t="inlineStr">
         <is>
-          <t>Управління, захист та автоматизація енергосистем</t>
+          <t>Електричні станції</t>
         </is>
       </c>
       <c r="G425" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H425" s="8" t="inlineStr">
         <is>
-          <t>- 6769</t>
+          <t>- 6762</t>
         </is>
       </c>
       <c r="I425" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J425" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K425" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B426" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C426" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D426" s="3"/>
       <c r="E426" s="6" t="n">
-        <v>28592</v>
+        <v>28589</v>
       </c>
       <c r="F426" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні пристрої та електротехнологічні комплекси</t>
+          <t>Управління, захист та автоматизація енергосистем</t>
         </is>
       </c>
       <c r="G426" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H426" s="8" t="inlineStr">
         <is>
-          <t>- 6896</t>
+          <t>- 6769</t>
         </is>
       </c>
       <c r="I426" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J426" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K426" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B427" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C427" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D427" s="3"/>
       <c r="E427" s="6" t="n">
-        <v>28596</v>
+        <v>28592</v>
       </c>
       <c r="F427" s="3" t="inlineStr">
         <is>
-          <t>Електромеханічні системи автоматизації, електропривод та електромобільність</t>
+          <t>Електротехнічні пристрої та електротехнологічні комплекси</t>
         </is>
       </c>
       <c r="G427" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H427" s="8" t="inlineStr">
         <is>
-          <t>- 6906</t>
+          <t>- 6896</t>
         </is>
       </c>
       <c r="I427" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J427" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K427" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B428" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C428" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D428" s="3"/>
       <c r="E428" s="6" t="n">
-        <v>28726</v>
+        <v>28596</v>
       </c>
       <c r="F428" s="3" t="inlineStr">
         <is>
-          <t>Системи забезпечення споживачів електричною енергією</t>
+          <t>Електромеханічні системи автоматизації, електропривод та електромобільність</t>
         </is>
       </c>
       <c r="G428" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H428" s="8" t="inlineStr">
         <is>
-          <t>- 6767</t>
+          <t>- 6906</t>
         </is>
       </c>
       <c r="I428" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J428" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K428" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B429" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C429" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D429" s="3"/>
       <c r="E429" s="6" t="n">
-        <v>28729</v>
+        <v>28726</v>
       </c>
       <c r="F429" s="3" t="inlineStr">
         <is>
-          <t>Енергетичний менеджмент та енергоефективні технології</t>
+          <t>Системи забезпечення споживачів електричною енергією</t>
         </is>
       </c>
       <c r="G429" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H429" s="8" t="inlineStr">
         <is>
-          <t>- 6768</t>
+          <t>- 6767</t>
         </is>
       </c>
       <c r="I429" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J429" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K429" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B430" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C430" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D430" s="3"/>
       <c r="E430" s="6" t="n">
-        <v>49242</v>
+        <v>28729</v>
       </c>
       <c r="F430" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг інтелектуальних електротехнічних та мехатронних комплексів</t>
+          <t>Енергетичний менеджмент та енергоефективні технології</t>
         </is>
       </c>
       <c r="G430" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H430" s="8" t="inlineStr">
         <is>
-          <t>- 6763</t>
+          <t>- 6768</t>
         </is>
       </c>
       <c r="I430" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J430" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K430" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B431" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C431" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D431" s="3"/>
       <c r="E431" s="6" t="n">
-        <v>53257</v>
+        <v>49242</v>
       </c>
       <c r="F431" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика та електромеханіка</t>
+          <t>Інжиніринг інтелектуальних електротехнічних та мехатронних комплексів</t>
         </is>
       </c>
       <c r="G431" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H431" s="8" t="inlineStr">
         <is>
-          <t>- 8203</t>
+          <t>- 6763</t>
         </is>
       </c>
       <c r="I431" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J431" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K431" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B432" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C432" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D432" s="3"/>
       <c r="E432" s="6" t="n">
-        <v>53258</v>
+        <v>53257</v>
       </c>
       <c r="F432" s="3" t="inlineStr">
         <is>
-          <t>Енергетичний менеджмент, електропостачання та інжиніринг електротехнічних комплексів</t>
+          <t>Електроенергетика та електромеханіка</t>
         </is>
       </c>
       <c r="G432" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H432" s="8" t="inlineStr">
         <is>
-          <t>- 8202</t>
+          <t>- 8203</t>
         </is>
       </c>
       <c r="I432" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J432" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K432" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B433" s="8" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C433" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D433" s="3"/>
       <c r="E433" s="6" t="n">
-        <v>39458</v>
+        <v>53258</v>
       </c>
       <c r="F433" s="3" t="inlineStr">
         <is>
-          <t>Інженерія і комп'ютерні технології теплоенергетичних систем</t>
+          <t>Енергетичний менеджмент, електропостачання та інжиніринг електротехнічних комплексів</t>
         </is>
       </c>
       <c r="G433" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H433" s="8" t="inlineStr">
         <is>
-          <t>- 5504</t>
+          <t>- 8202</t>
         </is>
       </c>
       <c r="I433" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J433" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K433" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B434" s="8" t="inlineStr">
         <is>
-          <t>143</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C434" s="3" t="inlineStr">
         <is>
-          <t>Атомна енергетика</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D434" s="3"/>
       <c r="E434" s="6" t="n">
-        <v>16469</v>
+        <v>39458</v>
       </c>
       <c r="F434" s="3" t="inlineStr">
         <is>
-          <t>Атомні електричні станції</t>
+          <t>Інженерія і комп'ютерні технології теплоенергетичних систем</t>
         </is>
       </c>
       <c r="G434" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H434" s="8" t="inlineStr">
         <is>
-          <t>- 5496</t>
+          <t>- 5504</t>
         </is>
       </c>
       <c r="I434" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J434" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K434" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B435" s="8" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
       <c r="C435" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="D435" s="3"/>
       <c r="E435" s="6" t="n">
-        <v>28732</v>
+        <v>16469</v>
       </c>
       <c r="F435" s="3" t="inlineStr">
         <is>
-          <t>Фізичний захист та облік і контроль ядерних матеріалів</t>
+          <t>Атомні електричні станції</t>
         </is>
       </c>
       <c r="G435" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H435" s="8" t="inlineStr">
         <is>
-          <t>- 5497</t>
+          <t>- 5496</t>
         </is>
       </c>
       <c r="I435" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J435" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K435" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B436" s="8" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
       <c r="C436" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="D436" s="3"/>
       <c r="E436" s="6" t="n">
-        <v>31180</v>
+        <v>28732</v>
       </c>
       <c r="F436" s="3" t="inlineStr">
         <is>
-          <t>Атомні електричні станції</t>
+          <t>Фізичний захист та облік і контроль ядерних матеріалів</t>
         </is>
       </c>
       <c r="G436" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H436" s="8" t="inlineStr">
         <is>
-          <t>- 8948</t>
+          <t>- 5497</t>
         </is>
       </c>
       <c r="I436" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J436" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K436" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B437" s="8" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>143</t>
         </is>
       </c>
       <c r="C437" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="D437" s="3"/>
       <c r="E437" s="6" t="n">
-        <v>5631</v>
+        <v>31180</v>
       </c>
       <c r="F437" s="3" t="inlineStr">
         <is>
-          <t>Теплові електричні станції та установки</t>
+          <t>Атомні електричні станції</t>
         </is>
       </c>
       <c r="G437" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H437" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I437" s="9"/>
+          <t>- 8948</t>
+        </is>
+      </c>
+      <c r="I437" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J437" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K437" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B438" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C438" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D438" s="3"/>
       <c r="E438" s="6" t="n">
-        <v>28606</v>
+        <v>5631</v>
       </c>
       <c r="F438" s="3" t="inlineStr">
         <is>
-          <t>Теплові електричні станції</t>
+          <t>Теплові електричні станції та установки</t>
         </is>
       </c>
       <c r="G438" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H438" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I438" s="9"/>
       <c r="J438" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K438" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B439" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C439" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D439" s="3"/>
       <c r="E439" s="6" t="n">
-        <v>28739</v>
+        <v>28606</v>
       </c>
       <c r="F439" s="3" t="inlineStr">
         <is>
-          <t>Енергетичний менеджмент та інжиніринг теплоенергетичних систем</t>
+          <t>Теплові електричні станції</t>
         </is>
       </c>
       <c r="G439" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H439" s="8" t="inlineStr">
         <is>
-          <t>- 6903</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I439" s="9"/>
       <c r="J439" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K439" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B440" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C440" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D440" s="3"/>
       <c r="E440" s="6" t="n">
-        <v>31124</v>
+        <v>28739</v>
       </c>
       <c r="F440" s="3" t="inlineStr">
         <is>
           <t>Енергетичний менеджмент та інжиніринг теплоенергетичних систем</t>
         </is>
       </c>
       <c r="G440" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H440" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I440" s="9"/>
+          <t>- 6903</t>
+        </is>
+      </c>
+      <c r="I440" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J440" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K440" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B441" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C441" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D441" s="3"/>
       <c r="E441" s="6" t="n">
-        <v>31182</v>
+        <v>31124</v>
       </c>
       <c r="F441" s="3" t="inlineStr">
         <is>
-          <t>Промислова та муніципальна теплоенергетика і енергозбереження</t>
+          <t>Енергетичний менеджмент та інжиніринг теплоенергетичних систем</t>
         </is>
       </c>
       <c r="G441" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H441" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I441" s="9"/>
       <c r="J441" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K441" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B442" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C442" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D442" s="3"/>
       <c r="E442" s="6" t="n">
-        <v>39461</v>
+        <v>31182</v>
       </c>
       <c r="F442" s="3" t="inlineStr">
         <is>
-          <t>Моделювання і комп'ютерні технології в теплофізиці</t>
+          <t>Промислова та муніципальна теплоенергетика і енергозбереження</t>
         </is>
       </c>
       <c r="G442" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H442" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I442" s="9"/>
       <c r="J442" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K442" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B443" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C443" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D443" s="3"/>
       <c r="E443" s="6" t="n">
-        <v>39462</v>
+        <v>39461</v>
       </c>
       <c r="F443" s="3" t="inlineStr">
         <is>
           <t>Моделювання і комп'ютерні технології в теплофізиці</t>
         </is>
       </c>
       <c r="G443" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H443" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I443" s="9"/>
       <c r="J443" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K443" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B444" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C444" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D444" s="3"/>
       <c r="E444" s="6" t="n">
-        <v>49244</v>
+        <v>39462</v>
       </c>
       <c r="F444" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика та теплоенергетичні установки електростанцій</t>
+          <t>Моделювання і комп'ютерні технології в теплофізиці</t>
         </is>
       </c>
       <c r="G444" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H444" s="8" t="inlineStr">
         <is>
-          <t>- 6904</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I444" s="9"/>
       <c r="J444" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K444" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B445" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C445" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D445" s="3"/>
       <c r="E445" s="6" t="n">
-        <v>49245</v>
+        <v>49244</v>
       </c>
       <c r="F445" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика та теплоенергетичні установки електростанцій</t>
         </is>
       </c>
       <c r="G445" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H445" s="8" t="inlineStr">
         <is>
-          <t>- 8947</t>
+          <t>- 6904</t>
         </is>
       </c>
       <c r="I445" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J445" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K445" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B446" s="8" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C446" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D446" s="3"/>
       <c r="E446" s="6" t="n">
-        <v>5633</v>
+        <v>49245</v>
       </c>
       <c r="F446" s="3" t="inlineStr">
         <is>
-          <t>Автоматизоване управління технологічними процесами</t>
+          <t>Теплоенергетика та теплоенергетичні установки електростанцій</t>
         </is>
       </c>
       <c r="G446" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H446" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I446" s="9"/>
+          <t>- 8947</t>
+        </is>
+      </c>
+      <c r="I446" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J446" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K446" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B447" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C447" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D447" s="3"/>
       <c r="E447" s="6" t="n">
-        <v>5682</v>
+        <v>5633</v>
       </c>
       <c r="F447" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
+          <t>Автоматизоване управління технологічними процесами</t>
         </is>
       </c>
       <c r="G447" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H447" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I447" s="9"/>
       <c r="J447" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K447" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B448" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C448" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D448" s="3"/>
       <c r="E448" s="6" t="n">
-        <v>6608</v>
+        <v>5682</v>
       </c>
       <c r="F448" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології та системи неруйнівного контролю і діагностики</t>
+          <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G448" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H448" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I448" s="9"/>
       <c r="J448" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K448" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B449" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C449" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D449" s="3"/>
       <c r="E449" s="6" t="n">
-        <v>6611</v>
+        <v>6608</v>
       </c>
       <c r="F449" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерно-інтегровані технології сталих хімічних виробничих комплексів</t>
+          <t>Комп'ютерно-інтегровані технології та системи неруйнівного контролю і діагностики</t>
         </is>
       </c>
       <c r="G449" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H449" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I449" s="9"/>
       <c r="J449" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K449" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B450" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C450" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D450" s="3"/>
       <c r="E450" s="6" t="n">
-        <v>7020</v>
+        <v>6611</v>
       </c>
       <c r="F450" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютеризовані системи управління</t>
+          <t>Комп’ютерно-інтегровані технології сталих хімічних виробничих комплексів</t>
         </is>
       </c>
       <c r="G450" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H450" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I450" s="9"/>
       <c r="J450" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K450" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B451" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C451" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D451" s="3"/>
       <c r="E451" s="6" t="n">
-        <v>7823</v>
+        <v>7020</v>
       </c>
       <c r="F451" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютеризовані та робототехнічні системи</t>
+          <t>Комп'ютеризовані системи управління</t>
         </is>
       </c>
       <c r="G451" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H451" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I451" s="9"/>
       <c r="J451" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K451" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B452" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C452" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D452" s="3"/>
       <c r="E452" s="6" t="n">
-        <v>8071</v>
+        <v>7823</v>
       </c>
       <c r="F452" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерно- інтегровані технології та системи точної механіки</t>
+          <t>Комп’ютеризовані та робототехнічні системи</t>
         </is>
       </c>
       <c r="G452" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H452" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I452" s="9"/>
       <c r="J452" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K452" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B453" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C453" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D453" s="3"/>
       <c r="E453" s="6" t="n">
-        <v>8796</v>
+        <v>8071</v>
       </c>
       <c r="F453" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології виробництва приладів</t>
+          <t>Комп’ютерно- інтегровані технології та системи точної механіки</t>
         </is>
       </c>
       <c r="G453" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H453" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I453" s="9"/>
       <c r="J453" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K453" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B454" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C454" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D454" s="3"/>
       <c r="E454" s="6" t="n">
-        <v>16473</v>
+        <v>8796</v>
       </c>
       <c r="F454" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології та системи навігації і керування</t>
+          <t>Комп'ютерно-інтегровані технології виробництва приладів</t>
         </is>
       </c>
       <c r="G454" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H454" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I454" s="9"/>
       <c r="J454" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K454" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B455" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C455" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D455" s="3"/>
       <c r="E455" s="6" t="n">
-        <v>18545</v>
+        <v>16473</v>
       </c>
       <c r="F455" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерно-інтегровані технології приладів точної механіки</t>
+          <t>Комп'ютерно-інтегровані технології та системи навігації і керування</t>
         </is>
       </c>
       <c r="G455" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H455" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I455" s="9"/>
       <c r="J455" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K455" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B456" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C456" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D456" s="3"/>
       <c r="E456" s="6" t="n">
-        <v>18547</v>
+        <v>18545</v>
       </c>
       <c r="F456" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані оптико-електронні системи та технології</t>
+          <t>Комп’ютерно-інтегровані технології приладів точної механіки</t>
         </is>
       </c>
       <c r="G456" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H456" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I456" s="9"/>
       <c r="J456" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K456" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B457" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C457" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D457" s="3"/>
       <c r="E457" s="6" t="n">
-        <v>28612</v>
+        <v>18547</v>
       </c>
       <c r="F457" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
+          <t>Комп'ютерно-інтегровані оптико-електронні системи та технології</t>
         </is>
       </c>
       <c r="G457" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H457" s="8" t="inlineStr">
         <is>
-          <t>- 5393</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I457" s="9"/>
       <c r="J457" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K457" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B458" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C458" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D458" s="3"/>
       <c r="E458" s="6" t="n">
-        <v>28621</v>
+        <v>28612</v>
       </c>
       <c r="F458" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології проектування приладів</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
         </is>
       </c>
       <c r="G458" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H458" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I458" s="9"/>
+          <t>- 5393</t>
+        </is>
+      </c>
+      <c r="I458" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J458" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K458" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B459" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C459" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D459" s="3"/>
       <c r="E459" s="6" t="n">
-        <v>31163</v>
+        <v>28621</v>
       </c>
       <c r="F459" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані оптико-електронні системи та технології</t>
+          <t>Комп'ютерно-інтегровані технології проектування приладів</t>
         </is>
       </c>
       <c r="G459" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H459" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I459" s="9"/>
       <c r="J459" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K459" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B460" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C460" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D460" s="3"/>
       <c r="E460" s="6" t="n">
-        <v>31164</v>
+        <v>31163</v>
       </c>
       <c r="F460" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології виробництва приладів</t>
+          <t>Комп'ютерно-інтегровані оптико-електронні системи та технології</t>
         </is>
       </c>
       <c r="G460" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H460" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I460" s="9"/>
       <c r="J460" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K460" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B461" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C461" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D461" s="3"/>
       <c r="E461" s="6" t="n">
-        <v>31165</v>
+        <v>31164</v>
       </c>
       <c r="F461" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології проектування приладів</t>
+          <t>Комп'ютерно-інтегровані технології виробництва приладів</t>
         </is>
       </c>
       <c r="G461" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H461" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I461" s="9"/>
       <c r="J461" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K461" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B462" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C462" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D462" s="3"/>
       <c r="E462" s="6" t="n">
-        <v>31166</v>
+        <v>31165</v>
       </c>
       <c r="F462" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології та системи навігації і керування</t>
+          <t>Комп'ютерно-інтегровані технології проектування приладів</t>
         </is>
       </c>
       <c r="G462" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H462" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I462" s="9"/>
       <c r="J462" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K462" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B463" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C463" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D463" s="3"/>
       <c r="E463" s="6" t="n">
-        <v>31167</v>
+        <v>31166</v>
       </c>
       <c r="F463" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології та системи неруйнівного контролю і діагностики</t>
+          <t>Комп'ютерно-інтегровані технології та системи навігації і керування</t>
         </is>
       </c>
       <c r="G463" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H463" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I463" s="9"/>
       <c r="J463" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K463" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B464" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C464" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D464" s="3"/>
       <c r="E464" s="6" t="n">
-        <v>31184</v>
+        <v>31167</v>
       </c>
       <c r="F464" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
+          <t>Комп'ютерно-інтегровані технології та системи неруйнівного контролю і діагностики</t>
         </is>
       </c>
       <c r="G464" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H464" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I464" s="9"/>
       <c r="J464" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K464" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B465" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C465" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D465" s="3"/>
       <c r="E465" s="6" t="n">
-        <v>34827</v>
+        <v>31184</v>
       </c>
       <c r="F465" s="3" t="inlineStr">
         <is>
-          <t>Автоматизоване управління технологічними процесами</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
         </is>
       </c>
       <c r="G465" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H465" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I465" s="9"/>
       <c r="J465" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K465" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B466" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C466" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D466" s="3"/>
       <c r="E466" s="6" t="n">
-        <v>34828</v>
+        <v>34827</v>
       </c>
       <c r="F466" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технологічні процеси і виробництва</t>
+          <t>Автоматизоване управління технологічними процесами</t>
         </is>
       </c>
       <c r="G466" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H466" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I466" s="9"/>
       <c r="J466" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K466" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B467" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C467" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D467" s="3"/>
       <c r="E467" s="6" t="n">
-        <v>34829</v>
+        <v>34828</v>
       </c>
       <c r="F467" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології сталих хімічних виробничих комплексів</t>
+          <t>Комп'ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G467" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H467" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I467" s="9"/>
       <c r="J467" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K467" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B468" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C468" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D468" s="3"/>
       <c r="E468" s="6" t="n">
-        <v>39464</v>
+        <v>34829</v>
       </c>
       <c r="F468" s="3" t="inlineStr">
         <is>
-          <t>Технічні та програмні засоби автоматизації</t>
+          <t>Комп'ютерно-інтегровані технології сталих хімічних виробничих комплексів</t>
         </is>
       </c>
       <c r="G468" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H468" s="8" t="inlineStr">
         <is>
-          <t>- 5392</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I468" s="9"/>
       <c r="J468" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K468" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B469" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C469" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D469" s="3"/>
       <c r="E469" s="6" t="n">
-        <v>39465</v>
+        <v>39464</v>
       </c>
       <c r="F469" s="3" t="inlineStr">
         <is>
           <t>Технічні та програмні засоби автоматизації</t>
         </is>
       </c>
       <c r="G469" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H469" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I469" s="9"/>
+          <t>- 5392</t>
+        </is>
+      </c>
+      <c r="I469" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J469" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K469" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B470" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C470" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D470" s="3"/>
       <c r="E470" s="6" t="n">
-        <v>39467</v>
+        <v>39465</v>
       </c>
       <c r="F470" s="3" t="inlineStr">
         <is>
-          <t>Роботизовані і автоматизовані системи неруйнівного контролю та діагностики</t>
+          <t>Технічні та програмні засоби автоматизації</t>
         </is>
       </c>
       <c r="G470" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H470" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I470" s="9"/>
       <c r="J470" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K470" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B471" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C471" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D471" s="3"/>
       <c r="E471" s="6" t="n">
-        <v>39468</v>
+        <v>39467</v>
       </c>
       <c r="F471" s="3" t="inlineStr">
         <is>
           <t>Роботизовані і автоматизовані системи неруйнівного контролю та діагностики</t>
         </is>
       </c>
       <c r="G471" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H471" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I471" s="9"/>
       <c r="J471" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K471" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B472" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C472" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D472" s="3"/>
       <c r="E472" s="6" t="n">
-        <v>49247</v>
+        <v>39468</v>
       </c>
       <c r="F472" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані системи та технології в приладобудуванні</t>
+          <t>Роботизовані і автоматизовані системи неруйнівного контролю та діагностики</t>
         </is>
       </c>
       <c r="G472" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H472" s="8" t="inlineStr">
         <is>
-          <t>- 5391</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I472" s="9"/>
       <c r="J472" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K472" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B473" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C473" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D473" s="3"/>
       <c r="E473" s="6" t="n">
-        <v>49248</v>
+        <v>49247</v>
       </c>
       <c r="F473" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерно-інтегровані системи та технології в приладобудуванні</t>
         </is>
       </c>
       <c r="G473" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H473" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I473" s="9"/>
+          <t>- 5391</t>
+        </is>
+      </c>
+      <c r="I473" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J473" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K473" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B474" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C474" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D474" s="3"/>
       <c r="E474" s="6" t="n">
-        <v>53260</v>
+        <v>49248</v>
       </c>
       <c r="F474" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
+          <t>Комп'ютерно-інтегровані системи та технології в приладобудуванні</t>
         </is>
       </c>
       <c r="G474" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H474" s="8" t="inlineStr">
         <is>
-          <t>- 8967</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I474" s="9"/>
       <c r="J474" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K474" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B475" s="8" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C475" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D475" s="3"/>
       <c r="E475" s="6" t="n">
-        <v>28633</v>
+        <v>53260</v>
       </c>
       <c r="F475" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні вимірювальні технології екологічної безпеки</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G475" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H475" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I475" s="9"/>
+          <t>- 8967</t>
+        </is>
+      </c>
+      <c r="I475" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J475" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K475" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B476" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C476" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D476" s="3"/>
       <c r="E476" s="6" t="n">
-        <v>49249</v>
+        <v>28633</v>
       </c>
       <c r="F476" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні вимірювальні технології</t>
+          <t>Інформаційні вимірювальні технології екологічної безпеки</t>
         </is>
       </c>
       <c r="G476" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H476" s="8" t="inlineStr">
         <is>
-          <t>- 5343</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I476" s="9"/>
       <c r="J476" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K476" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B477" s="8" t="inlineStr">
         <is>
-          <t>153</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C477" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D477" s="3"/>
       <c r="E477" s="6" t="n">
-        <v>28642</v>
+        <v>49249</v>
       </c>
       <c r="F477" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наноелектроніка</t>
+          <t>Інформаційні вимірювальні технології</t>
         </is>
       </c>
       <c r="G477" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H477" s="8" t="inlineStr">
         <is>
-          <t>- 5387</t>
+          <t>- 5343</t>
         </is>
       </c>
       <c r="I477" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J477" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K477" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B478" s="8" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="C478" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D478" s="3"/>
       <c r="E478" s="6" t="n">
-        <v>28645</v>
+        <v>28642</v>
       </c>
       <c r="F478" s="3" t="inlineStr">
         <is>
-          <t>Електронні мікро- і наносистеми та технології</t>
+          <t>Мікро- та наноелектроніка</t>
         </is>
       </c>
       <c r="G478" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H478" s="8" t="inlineStr">
         <is>
-          <t>- 5386</t>
+          <t>- 5387</t>
         </is>
       </c>
       <c r="I478" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J478" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K478" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B479" s="8" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="C479" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D479" s="3"/>
       <c r="E479" s="6" t="n">
-        <v>31203</v>
+        <v>28645</v>
       </c>
       <c r="F479" s="3" t="inlineStr">
         <is>
           <t>Електронні мікро- і наносистеми та технології</t>
         </is>
       </c>
       <c r="G479" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H479" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I479" s="9"/>
+          <t>- 5386</t>
+        </is>
+      </c>
+      <c r="I479" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J479" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K479" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B480" s="8" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="C480" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D480" s="3"/>
       <c r="E480" s="6" t="n">
-        <v>31204</v>
+        <v>31203</v>
       </c>
       <c r="F480" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наноелектроніка</t>
+          <t>Електронні мікро- і наносистеми та технології</t>
         </is>
       </c>
       <c r="G480" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H480" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I480" s="9"/>
       <c r="J480" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K480" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B481" s="8" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="C481" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D481" s="3"/>
       <c r="E481" s="6" t="n">
-        <v>53261</v>
+        <v>31204</v>
       </c>
       <c r="F481" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Мікро- та наноелектроніка</t>
         </is>
       </c>
       <c r="G481" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H481" s="8" t="inlineStr">
         <is>
-          <t>- 9080</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I481" s="9"/>
       <c r="J481" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K481" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B482" s="8" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>153</t>
         </is>
       </c>
       <c r="C482" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D482" s="3"/>
       <c r="E482" s="6" t="n">
-        <v>5623</v>
+        <v>53261</v>
       </c>
       <c r="F482" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології переробки полімерних та композиційних матеріалів</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="G482" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H482" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I482" s="9"/>
+          <t>- 9080</t>
+        </is>
+      </c>
+      <c r="I482" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J482" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K482" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B483" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C483" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D483" s="3"/>
       <c r="E483" s="6" t="n">
-        <v>6233</v>
+        <v>5623</v>
       </c>
       <c r="F483" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології в'яжучих речовин</t>
+          <t>Хімічні технології переробки полімерних та композиційних матеріалів</t>
         </is>
       </c>
       <c r="G483" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H483" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I483" s="9"/>
       <c r="J483" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K483" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B484" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C484" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D484" s="3"/>
       <c r="E484" s="6" t="n">
-        <v>7557</v>
+        <v>6233</v>
       </c>
       <c r="F484" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології органічних речовин</t>
+          <t>Хімічні технології в'яжучих речовин</t>
         </is>
       </c>
       <c r="G484" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H484" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I484" s="9"/>
       <c r="J484" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K484" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B485" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C485" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D485" s="3"/>
       <c r="E485" s="6" t="n">
-        <v>8066</v>
+        <v>7557</v>
       </c>
       <c r="F485" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних речовин та водоочищення</t>
+          <t>Хімічні технології органічних речовин</t>
         </is>
       </c>
       <c r="G485" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H485" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I485" s="9"/>
       <c r="J485" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K485" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B486" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C486" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D486" s="3"/>
       <c r="E486" s="6" t="n">
-        <v>8564</v>
+        <v>8066</v>
       </c>
       <c r="F486" s="3" t="inlineStr">
         <is>
-          <t>Енергоефективна технічна електрохімія та захист металів від корозії</t>
+          <t>Хімічні технології неорганічних речовин та водоочищення</t>
         </is>
       </c>
       <c r="G486" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H486" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I486" s="9"/>
       <c r="J486" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K486" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B487" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C487" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D487" s="3"/>
       <c r="E487" s="6" t="n">
-        <v>16476</v>
+        <v>8564</v>
       </c>
       <c r="F487" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології кераміки та скла</t>
+          <t>Енергоефективна технічна електрохімія та захист металів від корозії</t>
         </is>
       </c>
       <c r="G487" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H487" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I487" s="9"/>
       <c r="J487" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K487" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B488" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C488" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D488" s="3"/>
       <c r="E488" s="6" t="n">
-        <v>18559</v>
+        <v>16476</v>
       </c>
       <c r="F488" s="3" t="inlineStr">
         <is>
-          <t>Електрохімічні технології неорганічних і органічних матеріалів</t>
+          <t>Хімічні технології кераміки та скла</t>
         </is>
       </c>
       <c r="G488" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H488" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I488" s="9"/>
       <c r="J488" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K488" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B489" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C489" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D489" s="3"/>
       <c r="E489" s="6" t="n">
-        <v>18561</v>
+        <v>18559</v>
       </c>
       <c r="F489" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних керамічних матеріалів</t>
+          <t>Електрохімічні технології неорганічних і органічних матеріалів</t>
         </is>
       </c>
       <c r="G489" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H489" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I489" s="9"/>
       <c r="J489" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K489" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B490" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C490" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D490" s="3"/>
       <c r="E490" s="6" t="n">
-        <v>18563</v>
+        <v>18561</v>
       </c>
       <c r="F490" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних і органічних в'яжучих матеріалів</t>
+          <t>Хімічні технології неорганічних керамічних матеріалів</t>
         </is>
       </c>
       <c r="G490" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H490" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I490" s="9"/>
       <c r="J490" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K490" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B491" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C491" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D491" s="3"/>
       <c r="E491" s="6" t="n">
-        <v>18565</v>
+        <v>18563</v>
       </c>
       <c r="F491" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології косметичних засобів та харчових добавок</t>
+          <t>Хімічні технології неорганічних і органічних в'яжучих матеріалів</t>
         </is>
       </c>
       <c r="G491" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H491" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I491" s="9"/>
       <c r="J491" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K491" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B492" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C492" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D492" s="3"/>
       <c r="E492" s="6" t="n">
-        <v>28649</v>
+        <v>18565</v>
       </c>
       <c r="F492" s="3" t="inlineStr">
         <is>
-          <t>Промислова екологія та ресурсоефективні чисті технології</t>
+          <t>Хімічні технології косметичних засобів та харчових добавок</t>
         </is>
       </c>
       <c r="G492" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H492" s="8" t="inlineStr">
         <is>
-          <t>- 5385</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I492" s="9"/>
       <c r="J492" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K492" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B493" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C493" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D493" s="3"/>
       <c r="E493" s="6" t="n">
-        <v>28658</v>
+        <v>28649</v>
       </c>
       <c r="F493" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних і органічних зв'язуючих та композиційних матеріалів</t>
+          <t>Промислова екологія та ресурсоефективні чисті технології</t>
         </is>
       </c>
       <c r="G493" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H493" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I493" s="9"/>
+          <t>- 5385</t>
+        </is>
+      </c>
+      <c r="I493" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J493" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K493" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B494" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C494" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D494" s="3"/>
       <c r="E494" s="6" t="n">
-        <v>31254</v>
+        <v>28658</v>
       </c>
       <c r="F494" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології неорганічних і органічних зв'язуючих та композиційних матеріалів</t>
         </is>
       </c>
       <c r="G494" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H494" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I494" s="9"/>
       <c r="J494" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K494" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B495" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C495" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D495" s="3"/>
       <c r="E495" s="6" t="n">
-        <v>31255</v>
+        <v>31254</v>
       </c>
       <c r="F495" s="3" t="inlineStr">
         <is>
-          <t>Електрохімічні технології неорганічних і органічних матеріалів</t>
+          <t>Хімічні технології неорганічних і органічних зв'язуючих та композиційних матеріалів</t>
         </is>
       </c>
       <c r="G495" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H495" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I495" s="9"/>
       <c r="J495" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K495" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B496" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C496" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D496" s="3"/>
       <c r="E496" s="6" t="n">
-        <v>31256</v>
+        <v>31255</v>
       </c>
       <c r="F496" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології косметичних засобів та харчових добавок</t>
+          <t>Електрохімічні технології неорганічних і органічних матеріалів</t>
         </is>
       </c>
       <c r="G496" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H496" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I496" s="9"/>
       <c r="J496" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K496" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B497" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C497" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D497" s="3"/>
       <c r="E497" s="6" t="n">
-        <v>31257</v>
+        <v>31256</v>
       </c>
       <c r="F497" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології органічних речовин</t>
+          <t>Хімічні технології косметичних засобів та харчових добавок</t>
         </is>
       </c>
       <c r="G497" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H497" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I497" s="9"/>
       <c r="J497" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K497" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B498" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C498" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D498" s="3"/>
       <c r="E498" s="6" t="n">
-        <v>31258</v>
+        <v>31257</v>
       </c>
       <c r="F498" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних керамічних матеріалів</t>
+          <t>Хімічні технології органічних речовин</t>
         </is>
       </c>
       <c r="G498" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H498" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I498" s="9"/>
       <c r="J498" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K498" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B499" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C499" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D499" s="3"/>
       <c r="E499" s="6" t="n">
-        <v>31259</v>
+        <v>31258</v>
       </c>
       <c r="F499" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних речовин та водоочищення</t>
+          <t>Хімічні технології неорганічних керамічних матеріалів</t>
         </is>
       </c>
       <c r="G499" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H499" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I499" s="9"/>
       <c r="J499" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K499" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B500" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C500" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D500" s="3"/>
       <c r="E500" s="6" t="n">
-        <v>34839</v>
+        <v>31259</v>
       </c>
       <c r="F500" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології переробки полімерних та композиційних матеріалів</t>
+          <t>Хімічні технології неорганічних речовин та водоочищення</t>
         </is>
       </c>
       <c r="G500" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H500" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I500" s="9"/>
       <c r="J500" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K500" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B501" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C501" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D501" s="3"/>
       <c r="E501" s="6" t="n">
-        <v>34874</v>
+        <v>34839</v>
       </c>
       <c r="F501" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних і органічних в'яжучих матеріалів</t>
+          <t>Хімічні технології переробки полімерних та композиційних матеріалів</t>
         </is>
       </c>
       <c r="G501" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H501" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I501" s="9"/>
       <c r="J501" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K501" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B502" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C502" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D502" s="3"/>
       <c r="E502" s="6" t="n">
-        <v>49252</v>
+        <v>34874</v>
       </c>
       <c r="F502" s="3" t="inlineStr">
         <is>
-          <t>Хімія і технологія органічних матеріалів</t>
+          <t>Хімічні технології неорганічних і органічних в'яжучих матеріалів</t>
         </is>
       </c>
       <c r="G502" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H502" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I502" s="9"/>
       <c r="J502" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K502" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B503" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C503" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D503" s="3"/>
       <c r="E503" s="6" t="n">
-        <v>49253</v>
+        <v>49252</v>
       </c>
       <c r="F503" s="3" t="inlineStr">
         <is>
           <t>Хімія і технологія органічних матеріалів</t>
         </is>
       </c>
       <c r="G503" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H503" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I503" s="9"/>
       <c r="J503" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K503" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B504" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C504" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D504" s="3"/>
       <c r="E504" s="6" t="n">
-        <v>49254</v>
+        <v>49253</v>
       </c>
       <c r="F504" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних, електродних матеріалів та водоочищення</t>
+          <t>Хімія і технологія органічних матеріалів</t>
         </is>
       </c>
       <c r="G504" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H504" s="8" t="inlineStr">
         <is>
-          <t>- 5388</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I504" s="9"/>
       <c r="J504" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K504" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B505" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C505" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D505" s="3"/>
       <c r="E505" s="6" t="n">
-        <v>49255</v>
+        <v>49254</v>
       </c>
       <c r="F505" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології неорганічних, електродних матеріалів та водоочищення</t>
         </is>
       </c>
       <c r="G505" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H505" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I505" s="9"/>
+          <t>- 5388</t>
+        </is>
+      </c>
+      <c r="I505" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J505" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K505" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B506" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C506" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D506" s="3"/>
       <c r="E506" s="6" t="n">
-        <v>53262</v>
+        <v>49255</v>
       </c>
       <c r="F506" s="3" t="inlineStr">
         <is>
-          <t>Хімічні ресурсоефективні технології неорганічних та органічних речовин, матеріалів та покриттів</t>
+          <t>Хімічні технології неорганічних, електродних матеріалів та водоочищення</t>
         </is>
       </c>
       <c r="G506" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H506" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I506" s="9"/>
       <c r="J506" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K506" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B507" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C507" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D507" s="3"/>
       <c r="E507" s="6" t="n">
-        <v>53267</v>
+        <v>53262</v>
       </c>
       <c r="F507" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних в'яжучих речовин, кераміки, скла та полімерних і композиційних матеріалів</t>
+          <t>Хімічні ресурсоефективні технології неорганічних та органічних речовин, матеріалів та покриттів</t>
         </is>
       </c>
       <c r="G507" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H507" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I507" s="9"/>
       <c r="J507" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K507" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B508" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C508" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D508" s="3"/>
       <c r="E508" s="6" t="n">
-        <v>53268</v>
+        <v>53267</v>
       </c>
       <c r="F508" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології синтезу та фізико-хімічні властивості органічних матеріалів</t>
+          <t>Хімічні технології неорганічних в'яжучих речовин, кераміки, скла та полімерних і композиційних матеріалів</t>
         </is>
       </c>
       <c r="G508" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H508" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I508" s="9"/>
       <c r="J508" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K508" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B509" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C509" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D509" s="3"/>
       <c r="E509" s="6" t="n">
-        <v>57750</v>
+        <v>53268</v>
       </c>
       <c r="F509" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Хімічні технології синтезу та фізико-хімічні властивості органічних матеріалів</t>
         </is>
       </c>
       <c r="G509" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H509" s="8" t="inlineStr">
         <is>
-          <t>- 13831</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I509" s="9"/>
       <c r="J509" s="8" t="inlineStr">
         <is>
-          <t>УД 11017510</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K509" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B510" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C510" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D510" s="3"/>
       <c r="E510" s="6" t="n">
-        <v>58767</v>
+        <v>57750</v>
       </c>
       <c r="F510" s="3" t="inlineStr">
         <is>
-          <t>Промислова екологія та ресурсоефективні чисті технології</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G510" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H510" s="8" t="inlineStr">
         <is>
-          <t>- 5385</t>
+          <t>- 13831</t>
         </is>
       </c>
       <c r="I510" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J510" s="8" t="inlineStr">
         <is>
           <t>УД 11017510</t>
         </is>
       </c>
       <c r="K510" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B511" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C511" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D511" s="3"/>
       <c r="E511" s="6" t="n">
-        <v>58768</v>
+        <v>58767</v>
       </c>
       <c r="F511" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних в'яжучих речовин, кераміки, скла та полімерних і композиційних матеріалів</t>
+          <t>Промислова екологія та ресурсоефективні чисті технології</t>
         </is>
       </c>
       <c r="G511" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H511" s="8" t="inlineStr">
         <is>
-          <t>- 6774</t>
+          <t>- 5385</t>
         </is>
       </c>
       <c r="I511" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J511" s="8" t="inlineStr">
         <is>
           <t>УД 11017510</t>
         </is>
       </c>
       <c r="K511" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B512" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C512" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D512" s="3"/>
       <c r="E512" s="6" t="n">
-        <v>58769</v>
+        <v>58768</v>
       </c>
       <c r="F512" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних, електродних матеріалів та водоочищення</t>
+          <t>Хімічні технології неорганічних в'яжучих речовин, кераміки, скла та полімерних і композиційних матеріалів</t>
         </is>
       </c>
       <c r="G512" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H512" s="8" t="inlineStr">
         <is>
-          <t>- 5388</t>
+          <t>- 6774</t>
         </is>
       </c>
       <c r="I512" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J512" s="8" t="inlineStr">
         <is>
           <t>УД 11017510</t>
         </is>
       </c>
       <c r="K512" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B513" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C513" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D513" s="3"/>
       <c r="E513" s="6" t="n">
-        <v>58770</v>
+        <v>58769</v>
       </c>
       <c r="F513" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології синтезу та фізико-хімічні властивості органічних матеріалів</t>
+          <t>Хімічні технології неорганічних, електродних матеріалів та водоочищення</t>
         </is>
       </c>
       <c r="G513" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H513" s="8" t="inlineStr">
         <is>
-          <t>- 6775</t>
+          <t>- 5388</t>
         </is>
       </c>
       <c r="I513" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J513" s="8" t="inlineStr">
         <is>
           <t>УД 11017510</t>
         </is>
       </c>
       <c r="K513" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B514" s="8" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C514" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D514" s="3"/>
       <c r="E514" s="6" t="n">
-        <v>4863</v>
+        <v>58770</v>
       </c>
       <c r="F514" s="3" t="inlineStr">
         <is>
-          <t>Промислова біотехнологія</t>
+          <t>Хімічні технології синтезу та фізико-хімічні властивості органічних матеріалів</t>
         </is>
       </c>
       <c r="G514" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H514" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I514" s="9"/>
+          <t>- 6775</t>
+        </is>
+      </c>
+      <c r="I514" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J514" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K514" s="9"/>
+          <t>УД 11017510</t>
+        </is>
+      </c>
+      <c r="K514" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B515" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C515" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D515" s="3"/>
       <c r="E515" s="6" t="n">
-        <v>7058</v>
+        <v>4863</v>
       </c>
       <c r="F515" s="3" t="inlineStr">
         <is>
-          <t>Екологічна біотехнологія та біоенергетика</t>
+          <t>Промислова біотехнологія</t>
         </is>
       </c>
       <c r="G515" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H515" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I515" s="9"/>
       <c r="J515" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K515" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B516" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C516" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D516" s="3"/>
       <c r="E516" s="6" t="n">
-        <v>7451</v>
+        <v>7058</v>
       </c>
       <c r="F516" s="3" t="inlineStr">
         <is>
-          <t>Молекулярна біотехнологія</t>
+          <t>Екологічна біотехнологія та біоенергетика</t>
         </is>
       </c>
       <c r="G516" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H516" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I516" s="9"/>
       <c r="J516" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K516" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B517" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C517" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D517" s="3"/>
       <c r="E517" s="6" t="n">
-        <v>28919</v>
+        <v>7451</v>
       </c>
       <c r="F517" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології</t>
+          <t>Молекулярна біотехнологія</t>
         </is>
       </c>
       <c r="G517" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H517" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I517" s="9"/>
       <c r="J517" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K517" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B518" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C518" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D518" s="3"/>
       <c r="E518" s="6" t="n">
-        <v>31194</v>
+        <v>28919</v>
       </c>
       <c r="F518" s="3" t="inlineStr">
         <is>
           <t>Біотехнології</t>
         </is>
       </c>
       <c r="G518" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H518" s="8" t="inlineStr">
         <is>
-          <t>- 8964</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I518" s="9"/>
       <c r="J518" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K518" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B519" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C519" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D519" s="3"/>
       <c r="E519" s="6" t="n">
-        <v>34840</v>
+        <v>31194</v>
       </c>
       <c r="F519" s="3" t="inlineStr">
         <is>
-          <t>Екологічна біотехнологія та біоенергетика</t>
+          <t>Біотехнології</t>
         </is>
       </c>
       <c r="G519" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H519" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I519" s="9"/>
+          <t>- 8964</t>
+        </is>
+      </c>
+      <c r="I519" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J519" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K519" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B520" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C520" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D520" s="3"/>
       <c r="E520" s="6" t="n">
-        <v>34841</v>
+        <v>34840</v>
       </c>
       <c r="F520" s="3" t="inlineStr">
         <is>
-          <t>Молекулярна біотехнологія</t>
+          <t>Екологічна біотехнологія та біоенергетика</t>
         </is>
       </c>
       <c r="G520" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H520" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I520" s="9"/>
       <c r="J520" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K520" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B521" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C521" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D521" s="3"/>
       <c r="E521" s="6" t="n">
-        <v>34842</v>
+        <v>34841</v>
       </c>
       <c r="F521" s="3" t="inlineStr">
         <is>
-          <t>Промислова біотехнологія</t>
+          <t>Молекулярна біотехнологія</t>
         </is>
       </c>
       <c r="G521" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H521" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I521" s="9"/>
       <c r="J521" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K521" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B522" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C522" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D522" s="3"/>
       <c r="E522" s="6" t="n">
-        <v>58771</v>
+        <v>34842</v>
       </c>
       <c r="F522" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології</t>
+          <t>Промислова біотехнологія</t>
         </is>
       </c>
       <c r="G522" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H522" s="8" t="inlineStr">
         <is>
-          <t>- 9089</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I522" s="9"/>
       <c r="J522" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K522" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B523" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C523" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D523" s="3"/>
       <c r="E523" s="6" t="n">
-        <v>58773</v>
+        <v>58771</v>
       </c>
       <c r="F523" s="3" t="inlineStr">
         <is>
           <t>Біотехнології</t>
         </is>
       </c>
       <c r="G523" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H523" s="8" t="inlineStr">
         <is>
-          <t>- 6540</t>
+          <t>- 9089</t>
         </is>
       </c>
       <c r="I523" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J523" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K523" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B524" s="8" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>162</t>
         </is>
       </c>
       <c r="C524" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D524" s="3"/>
       <c r="E524" s="6" t="n">
-        <v>28922</v>
+        <v>58773</v>
       </c>
       <c r="F524" s="3" t="inlineStr">
         <is>
-          <t>Медична інженерія</t>
+          <t>Біотехнології</t>
         </is>
       </c>
       <c r="G524" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H524" s="8" t="inlineStr">
         <is>
-          <t>- 5341</t>
+          <t>- 6540</t>
         </is>
       </c>
       <c r="I524" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J524" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K524" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B525" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C525" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D525" s="3"/>
       <c r="E525" s="6" t="n">
-        <v>39269</v>
+        <v>28922</v>
       </c>
       <c r="F525" s="3" t="inlineStr">
         <is>
-          <t>Регенеративна та біофармацевтична інженерія</t>
+          <t>Медична інженерія</t>
         </is>
       </c>
       <c r="G525" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H525" s="8" t="inlineStr">
         <is>
-          <t>- 5344</t>
+          <t>- 5341</t>
         </is>
       </c>
       <c r="I525" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J525" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K525" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B526" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C526" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D526" s="3"/>
       <c r="E526" s="6" t="n">
-        <v>56513</v>
+        <v>39269</v>
       </c>
       <c r="F526" s="3" t="inlineStr">
         <is>
-          <t>Інженерія у біобезпеці та біозахисті</t>
+          <t>Регенеративна та біофармацевтична інженерія</t>
         </is>
       </c>
       <c r="G526" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H526" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I526" s="9"/>
+          <t>- 5344</t>
+        </is>
+      </c>
+      <c r="I526" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J526" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K526" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B527" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C527" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D527" s="3"/>
       <c r="E527" s="6" t="n">
-        <v>58775</v>
+        <v>56513</v>
       </c>
       <c r="F527" s="3" t="inlineStr">
         <is>
-          <t>Медична інженерія</t>
+          <t>Інженерія у біобезпеці та біозахисті</t>
         </is>
       </c>
       <c r="G527" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H527" s="8" t="inlineStr">
         <is>
-          <t>- 5341</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I527" s="9"/>
       <c r="J527" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K527" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B528" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C528" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D528" s="3"/>
       <c r="E528" s="6" t="n">
-        <v>58776</v>
+        <v>58775</v>
       </c>
       <c r="F528" s="3" t="inlineStr">
         <is>
-          <t>Регенеративна та біофармацевтична інженерія</t>
+          <t>Медична інженерія</t>
         </is>
       </c>
       <c r="G528" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H528" s="8" t="inlineStr">
         <is>
-          <t>- 5344</t>
+          <t>- 5341</t>
         </is>
       </c>
       <c r="I528" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J528" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K528" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B529" s="8" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>163</t>
         </is>
       </c>
       <c r="C529" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D529" s="3"/>
       <c r="E529" s="6" t="n">
-        <v>6950</v>
+        <v>58776</v>
       </c>
       <c r="F529" s="3" t="inlineStr">
         <is>
-          <t>Електронні прилади та пристрої</t>
+          <t>Регенеративна та біофармацевтична інженерія</t>
         </is>
       </c>
       <c r="G529" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H529" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I529" s="9"/>
+          <t>- 5344</t>
+        </is>
+      </c>
+      <c r="I529" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J529" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K529" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B530" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C530" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D530" s="3"/>
       <c r="E530" s="6" t="n">
-        <v>28665</v>
+        <v>6950</v>
       </c>
       <c r="F530" s="3" t="inlineStr">
         <is>
-          <t>Електронні системи мультимедіа та засоби Інтернету речей</t>
+          <t>Електронні прилади та пристрої</t>
         </is>
       </c>
       <c r="G530" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H530" s="8" t="inlineStr">
         <is>
-          <t>- 5384</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I530" s="9"/>
       <c r="J530" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K530" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B531" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C531" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D531" s="3"/>
       <c r="E531" s="6" t="n">
-        <v>28777</v>
+        <v>28665</v>
       </c>
       <c r="F531" s="3" t="inlineStr">
         <is>
-          <t>Акустичні електронні системи та технології обробки акустичної інформації</t>
+          <t>Електронні системи мультимедіа та засоби Інтернету речей</t>
         </is>
       </c>
       <c r="G531" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H531" s="8" t="inlineStr">
         <is>
-          <t>- 5383</t>
+          <t>- 5384</t>
         </is>
       </c>
       <c r="I531" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J531" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K531" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B532" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C532" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D532" s="3"/>
       <c r="E532" s="6" t="n">
-        <v>53269</v>
+        <v>28777</v>
       </c>
       <c r="F532" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Акустичні електронні системи та технології обробки акустичної інформації</t>
         </is>
       </c>
       <c r="G532" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H532" s="8" t="inlineStr">
         <is>
-          <t>- 9081</t>
+          <t>- 5383</t>
         </is>
       </c>
       <c r="I532" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J532" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K532" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B533" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C533" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D533" s="3"/>
       <c r="E533" s="6" t="n">
-        <v>53271</v>
+        <v>53269</v>
       </c>
       <c r="F533" s="3" t="inlineStr">
         <is>
-          <t>Електронні компоненти, пристрої та системи</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="G533" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H533" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I533" s="9"/>
+          <t>- 9081</t>
+        </is>
+      </c>
+      <c r="I533" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J533" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K533" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B534" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C534" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D534" s="3"/>
       <c r="E534" s="6" t="n">
-        <v>58777</v>
+        <v>53271</v>
       </c>
       <c r="F534" s="3" t="inlineStr">
         <is>
-          <t>Акустичні електронні системи та технології обробки акустичної інформації</t>
+          <t>Електронні компоненти, пристрої та системи</t>
         </is>
       </c>
       <c r="G534" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H534" s="8" t="inlineStr">
         <is>
-          <t>- 5383</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I534" s="9"/>
       <c r="J534" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K534" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B535" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C535" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D535" s="3"/>
       <c r="E535" s="6" t="n">
-        <v>58778</v>
+        <v>58777</v>
       </c>
       <c r="F535" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Акустичні електронні системи та технології обробки акустичної інформації</t>
         </is>
       </c>
       <c r="G535" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H535" s="8" t="inlineStr">
         <is>
-          <t>- 9090</t>
+          <t>- 5383</t>
         </is>
       </c>
       <c r="I535" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J535" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K535" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B536" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C536" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D536" s="3"/>
       <c r="E536" s="6" t="n">
-        <v>58779</v>
+        <v>58778</v>
       </c>
       <c r="F536" s="3" t="inlineStr">
         <is>
-          <t>Електронні компоненти, пристрої та системи</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="G536" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H536" s="8" t="inlineStr">
         <is>
-          <t>- 6537</t>
+          <t>- 9090</t>
         </is>
       </c>
       <c r="I536" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J536" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K536" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B537" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C537" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D537" s="3"/>
       <c r="E537" s="6" t="n">
-        <v>58781</v>
+        <v>58779</v>
       </c>
       <c r="F537" s="3" t="inlineStr">
         <is>
-          <t>Електронні системи мультимедіа та засоби Інтернету речей</t>
+          <t>Електронні компоненти, пристрої та системи</t>
         </is>
       </c>
       <c r="G537" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H537" s="8" t="inlineStr">
         <is>
-          <t>- 5384</t>
+          <t>- 6537</t>
         </is>
       </c>
       <c r="I537" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J537" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K537" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B538" s="8" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C538" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D538" s="3"/>
       <c r="E538" s="6" t="n">
-        <v>4852</v>
+        <v>58781</v>
       </c>
       <c r="F538" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні технології мікросистемної радіоелектронної техніки</t>
+          <t>Електронні системи мультимедіа та засоби Інтернету речей</t>
         </is>
       </c>
       <c r="G538" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H538" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I538" s="9"/>
+          <t>- 5384</t>
+        </is>
+      </c>
+      <c r="I538" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J538" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K538" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B539" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C539" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D539" s="3"/>
       <c r="E539" s="6" t="n">
-        <v>4857</v>
+        <v>4852</v>
       </c>
       <c r="F539" s="3" t="inlineStr">
         <is>
-          <t>Радіозв’язок і оброблення сигналів</t>
+          <t>Інтелектуальні технології мікросистемної радіоелектронної техніки</t>
         </is>
       </c>
       <c r="G539" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H539" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I539" s="9"/>
       <c r="J539" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K539" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B540" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C540" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D540" s="3"/>
       <c r="E540" s="6" t="n">
-        <v>6236</v>
+        <v>4857</v>
       </c>
       <c r="F540" s="3" t="inlineStr">
         <is>
-          <t>Радіосистемна інженерія</t>
+          <t>Радіозв’язок і оброблення сигналів</t>
         </is>
       </c>
       <c r="G540" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H540" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I540" s="9"/>
       <c r="J540" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K540" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B541" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C541" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D541" s="3"/>
       <c r="E541" s="6" t="n">
-        <v>8266</v>
+        <v>6236</v>
       </c>
       <c r="F541" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-комунікаційні технології</t>
+          <t>Радіосистемна інженерія</t>
         </is>
       </c>
       <c r="G541" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H541" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I541" s="9"/>
       <c r="J541" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K541" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B542" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C542" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D542" s="3"/>
       <c r="E542" s="6" t="n">
-        <v>8562</v>
+        <v>8266</v>
       </c>
       <c r="F542" s="3" t="inlineStr">
         <is>
-          <t>Радіотехнічні інформаційні технології</t>
+          <t>Інформаційно-комунікаційні технології</t>
         </is>
       </c>
       <c r="G542" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H542" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I542" s="9"/>
       <c r="J542" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K542" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="543">
       <c r="A543" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B543" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C543" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D543" s="3"/>
       <c r="E543" s="6" t="n">
-        <v>26782</v>
+        <v>8562</v>
       </c>
       <c r="F543" s="3" t="inlineStr">
         <is>
-          <t>Спеціальні телекомунікаційні системи</t>
+          <t>Радіотехнічні інформаційні технології</t>
         </is>
       </c>
       <c r="G543" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H543" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I543" s="9"/>
       <c r="J543" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K543" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B544" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C544" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D544" s="3"/>
       <c r="E544" s="6" t="n">
-        <v>28672</v>
+        <v>26782</v>
       </c>
       <c r="F544" s="3" t="inlineStr">
         <is>
-          <t>Інженерія та програмування інфокомунікацій</t>
+          <t>Спеціальні телекомунікаційні системи</t>
         </is>
       </c>
       <c r="G544" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H544" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I544" s="9"/>
       <c r="J544" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K544" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B545" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C545" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D545" s="3"/>
       <c r="E545" s="6" t="n">
-        <v>28678</v>
+        <v>28672</v>
       </c>
       <c r="F545" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
+          <t>Інженерія та програмування інфокомунікацій</t>
         </is>
       </c>
       <c r="G545" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H545" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I545" s="9"/>
       <c r="J545" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K545" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B546" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C546" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D546" s="3"/>
       <c r="E546" s="6" t="n">
-        <v>31173</v>
+        <v>28678</v>
       </c>
       <c r="F546" s="3" t="inlineStr">
         <is>
-          <t>Радіотехнічні інформаційні технології</t>
+          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
         </is>
       </c>
       <c r="G546" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H546" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I546" s="9"/>
       <c r="J546" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K546" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B547" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C547" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D547" s="3"/>
       <c r="E547" s="6" t="n">
-        <v>31174</v>
+        <v>31173</v>
       </c>
       <c r="F547" s="3" t="inlineStr">
         <is>
-          <t>Радіосистемна інженерія</t>
+          <t>Радіотехнічні інформаційні технології</t>
         </is>
       </c>
       <c r="G547" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H547" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I547" s="9"/>
       <c r="J547" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K547" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B548" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C548" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D548" s="3"/>
       <c r="E548" s="6" t="n">
-        <v>31175</v>
+        <v>31174</v>
       </c>
       <c r="F548" s="3" t="inlineStr">
         <is>
-          <t>Радіозв'язок і оброблення сигналів</t>
+          <t>Радіосистемна інженерія</t>
         </is>
       </c>
       <c r="G548" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H548" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I548" s="9"/>
       <c r="J548" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K548" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B549" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C549" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D549" s="3"/>
       <c r="E549" s="6" t="n">
-        <v>31176</v>
+        <v>31175</v>
       </c>
       <c r="F549" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні технології мікросистемної радіоелектронної техніки</t>
+          <t>Радіозв'язок і оброблення сигналів</t>
         </is>
       </c>
       <c r="G549" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H549" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I549" s="9"/>
       <c r="J549" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K549" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B550" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C550" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D550" s="3"/>
       <c r="E550" s="6" t="n">
-        <v>49258</v>
+        <v>31176</v>
       </c>
       <c r="F550" s="3" t="inlineStr">
         <is>
-          <t>Радіотехнічні комп'ютеризовані системи</t>
+          <t>Інтелектуальні технології мікросистемної радіоелектронної техніки</t>
         </is>
       </c>
       <c r="G550" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H550" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I550" s="9"/>
       <c r="J550" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K550" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="551">
       <c r="A551" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B551" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C551" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D551" s="3"/>
       <c r="E551" s="6" t="n">
-        <v>49259</v>
+        <v>49258</v>
       </c>
       <c r="F551" s="3" t="inlineStr">
         <is>
           <t>Радіотехнічні комп'ютеризовані системи</t>
         </is>
       </c>
       <c r="G551" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H551" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I551" s="9"/>
       <c r="J551" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K551" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="552">
       <c r="A552" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B552" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C552" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D552" s="3"/>
       <c r="E552" s="6" t="n">
-        <v>49260</v>
+        <v>49259</v>
       </c>
       <c r="F552" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна та комунікаційна радіоінженерія</t>
+          <t>Радіотехнічні комп'ютеризовані системи</t>
         </is>
       </c>
       <c r="G552" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H552" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I552" s="9"/>
       <c r="J552" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K552" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="553">
       <c r="A553" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B553" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C553" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D553" s="3"/>
       <c r="E553" s="6" t="n">
-        <v>49261</v>
+        <v>49260</v>
       </c>
       <c r="F553" s="3" t="inlineStr">
         <is>
           <t>Інформаційна та комунікаційна радіоінженерія</t>
         </is>
       </c>
       <c r="G553" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H553" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I553" s="9"/>
       <c r="J553" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K553" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B554" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C554" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D554" s="3"/>
       <c r="E554" s="6" t="n">
-        <v>49262</v>
+        <v>49261</v>
       </c>
       <c r="F554" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні технології радіоелектронної техніки</t>
+          <t>Інформаційна та комунікаційна радіоінженерія</t>
         </is>
       </c>
       <c r="G554" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H554" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I554" s="9"/>
       <c r="J554" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K554" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B555" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C555" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D555" s="3"/>
       <c r="E555" s="6" t="n">
-        <v>49263</v>
+        <v>49262</v>
       </c>
       <c r="F555" s="3" t="inlineStr">
         <is>
           <t>Інтелектуальні технології радіоелектронної техніки</t>
         </is>
       </c>
       <c r="G555" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H555" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I555" s="9"/>
       <c r="J555" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K555" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B556" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C556" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D556" s="3"/>
       <c r="E556" s="6" t="n">
-        <v>53272</v>
+        <v>49263</v>
       </c>
       <c r="F556" s="3" t="inlineStr">
         <is>
-          <t>Радіоелектронна інженерія</t>
+          <t>Інтелектуальні технології радіоелектронної техніки</t>
         </is>
       </c>
       <c r="G556" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H556" s="8" t="inlineStr">
         <is>
-          <t>- 8584</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I556" s="9"/>
       <c r="J556" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K556" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B557" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C557" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D557" s="3"/>
       <c r="E557" s="6" t="n">
-        <v>53273</v>
+        <v>53272</v>
       </c>
       <c r="F557" s="3" t="inlineStr">
         <is>
-          <t>Інженерія інноваційних інформаційно-телекомунікаційних технологій та систем</t>
+          <t>Радіоелектронна інженерія</t>
         </is>
       </c>
       <c r="G557" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H557" s="8" t="inlineStr">
         <is>
-          <t>- 8585</t>
+          <t>- 8584</t>
         </is>
       </c>
       <c r="I557" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J557" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K557" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B558" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C558" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D558" s="3"/>
       <c r="E558" s="6" t="n">
-        <v>53275</v>
+        <v>53273</v>
       </c>
       <c r="F558" s="3" t="inlineStr">
         <is>
-          <t>Системи електронних комунікацій та Інтернету речей</t>
+          <t>Інженерія інноваційних інформаційно-телекомунікаційних технологій та систем</t>
         </is>
       </c>
       <c r="G558" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H558" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I558" s="9"/>
+          <t>- 8585</t>
+        </is>
+      </c>
+      <c r="I558" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J558" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K558" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B559" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C559" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D559" s="3"/>
       <c r="E559" s="6" t="n">
-        <v>57899</v>
+        <v>53275</v>
       </c>
       <c r="F559" s="3" t="inlineStr">
         <is>
-          <t>Інженерія інноваційних інформаційно-телекомунікаційних технологій та систем</t>
+          <t>Системи електронних комунікацій та Інтернету речей</t>
         </is>
       </c>
       <c r="G559" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H559" s="8" t="inlineStr">
         <is>
-          <t>- 8644</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I559" s="9"/>
       <c r="J559" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K559" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B560" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C560" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D560" s="3"/>
       <c r="E560" s="6" t="n">
-        <v>57904</v>
+        <v>57899</v>
       </c>
       <c r="F560" s="3" t="inlineStr">
         <is>
-          <t>Інженерія та програмування інфокомунікацій</t>
+          <t>Інженерія інноваційних інформаційно-телекомунікаційних технологій та систем</t>
         </is>
       </c>
       <c r="G560" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H560" s="8" t="inlineStr">
         <is>
-          <t>- 6900</t>
+          <t>- 8644</t>
         </is>
       </c>
       <c r="I560" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J560" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K560" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B561" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C561" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D561" s="3"/>
       <c r="E561" s="6" t="n">
-        <v>57909</v>
+        <v>57904</v>
       </c>
       <c r="F561" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні технології радіоелектронної техніки</t>
+          <t>Інженерія та програмування інфокомунікацій</t>
         </is>
       </c>
       <c r="G561" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H561" s="8" t="inlineStr">
         <is>
-          <t>- 6782</t>
+          <t>- 6900</t>
         </is>
       </c>
       <c r="I561" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J561" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K561" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B562" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C562" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D562" s="3"/>
       <c r="E562" s="6" t="n">
-        <v>57911</v>
+        <v>57909</v>
       </c>
       <c r="F562" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна та комунікаційна радіоінженерія</t>
+          <t>Інтелектуальні технології радіоелектронної техніки</t>
         </is>
       </c>
       <c r="G562" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H562" s="8" t="inlineStr">
         <is>
-          <t>- 6786</t>
+          <t>- 6782</t>
         </is>
       </c>
       <c r="I562" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J562" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K562" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B563" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C563" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D563" s="3"/>
       <c r="E563" s="6" t="n">
-        <v>57914</v>
+        <v>57911</v>
       </c>
       <c r="F563" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-комунікаційні технології</t>
+          <t>Інформаційна та комунікаційна радіоінженерія</t>
         </is>
       </c>
       <c r="G563" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H563" s="8" t="inlineStr">
         <is>
-          <t>- 6901</t>
+          <t>- 6786</t>
         </is>
       </c>
       <c r="I563" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J563" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K563" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B564" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C564" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D564" s="3"/>
       <c r="E564" s="6" t="n">
-        <v>57918</v>
+        <v>57914</v>
       </c>
       <c r="F564" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
+          <t>Інформаційно-комунікаційні технології</t>
         </is>
       </c>
       <c r="G564" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H564" s="8" t="inlineStr">
         <is>
-          <t>- 6787</t>
+          <t>- 6901</t>
         </is>
       </c>
       <c r="I564" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J564" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K564" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B565" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C565" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D565" s="3"/>
       <c r="E565" s="6" t="n">
-        <v>57919</v>
+        <v>57918</v>
       </c>
       <c r="F565" s="3" t="inlineStr">
         <is>
-          <t>Радіоелектронна інженерія</t>
+          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
         </is>
       </c>
       <c r="G565" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H565" s="8" t="inlineStr">
         <is>
-          <t>- 8643</t>
+          <t>- 6787</t>
         </is>
       </c>
       <c r="I565" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J565" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K565" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B566" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C566" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D566" s="3"/>
       <c r="E566" s="6" t="n">
-        <v>57922</v>
+        <v>57919</v>
       </c>
       <c r="F566" s="3" t="inlineStr">
         <is>
-          <t>Радіотехнічні комп'ютеризовані системи</t>
+          <t>Радіоелектронна інженерія</t>
         </is>
       </c>
       <c r="G566" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H566" s="8" t="inlineStr">
         <is>
-          <t>- 6781</t>
+          <t>- 8643</t>
         </is>
       </c>
       <c r="I566" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J566" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K566" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B567" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C567" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D567" s="3"/>
       <c r="E567" s="6" t="n">
-        <v>57924</v>
+        <v>57922</v>
       </c>
       <c r="F567" s="3" t="inlineStr">
         <is>
-          <t>Системи електронних комунікацій та Інтернету речей</t>
+          <t>Радіотехнічні комп'ютеризовані системи</t>
         </is>
       </c>
       <c r="G567" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H567" s="8" t="inlineStr">
         <is>
-          <t>- 6902</t>
+          <t>- 6781</t>
         </is>
       </c>
       <c r="I567" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J567" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K567" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B568" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C568" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D568" s="3"/>
       <c r="E568" s="6" t="n">
-        <v>57925</v>
+        <v>57924</v>
       </c>
       <c r="F568" s="3" t="inlineStr">
         <is>
-          <t>Спеціальні системи електронних комунікацій</t>
+          <t>Системи електронних комунікацій та Інтернету речей</t>
         </is>
       </c>
       <c r="G568" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H568" s="8" t="inlineStr">
         <is>
-          <t>- 10238</t>
+          <t>- 6902</t>
         </is>
       </c>
       <c r="I568" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J568" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K568" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B569" s="8" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C569" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D569" s="3"/>
       <c r="E569" s="6" t="n">
-        <v>6846</v>
+        <v>57925</v>
       </c>
       <c r="F569" s="3" t="inlineStr">
         <is>
-          <t>Системи керування літальними апаратами та комплексами</t>
+          <t>Спеціальні системи електронних комунікацій</t>
         </is>
       </c>
       <c r="G569" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H569" s="8" t="inlineStr">
         <is>
-          <t>- 5342</t>
+          <t>- 10238</t>
         </is>
       </c>
       <c r="I569" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J569" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K569" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B570" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C570" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D570" s="3"/>
       <c r="E570" s="6" t="n">
-        <v>58783</v>
+        <v>6846</v>
       </c>
       <c r="F570" s="3" t="inlineStr">
         <is>
           <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
       <c r="G570" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H570" s="8" t="inlineStr">
         <is>
           <t>- 5342</t>
         </is>
       </c>
       <c r="I570" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J570" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K570" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B571" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C571" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D571" s="3"/>
       <c r="E571" s="6" t="n">
-        <v>58784</v>
+        <v>58783</v>
       </c>
       <c r="F571" s="3" t="inlineStr">
         <is>
           <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
       <c r="G571" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H571" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I571" s="9"/>
+          <t>- 5342</t>
+        </is>
+      </c>
+      <c r="I571" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J571" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K571" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B572" s="8" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C572" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D572" s="3"/>
       <c r="E572" s="6" t="n">
-        <v>57929</v>
+        <v>58784</v>
       </c>
       <c r="F572" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
+          <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
       <c r="G572" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H572" s="8" t="inlineStr">
         <is>
-          <t>- 9091</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I572" s="9"/>
       <c r="J572" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K572" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B573" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C573" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D573" s="3"/>
       <c r="E573" s="6" t="n">
-        <v>57932</v>
+        <v>57929</v>
       </c>
       <c r="F573" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G573" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H573" s="8" t="inlineStr">
         <is>
-          <t>- 5393</t>
+          <t>- 9091</t>
         </is>
       </c>
       <c r="I573" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J573" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K573" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B574" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C574" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D574" s="3"/>
       <c r="E574" s="6" t="n">
-        <v>57935</v>
+        <v>57932</v>
       </c>
       <c r="F574" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані системи та технології в приладобудуванні</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
         </is>
       </c>
       <c r="G574" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H574" s="8" t="inlineStr">
         <is>
-          <t>- 5391</t>
+          <t>- 5393</t>
         </is>
       </c>
       <c r="I574" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J574" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K574" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B575" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C575" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D575" s="3"/>
       <c r="E575" s="6" t="n">
-        <v>57938</v>
+        <v>57935</v>
       </c>
       <c r="F575" s="3" t="inlineStr">
         <is>
-          <t>Технічні та програмні засоби автоматизації</t>
+          <t>Комп'ютерно-інтегровані системи та технології в приладобудуванні</t>
         </is>
       </c>
       <c r="G575" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H575" s="8" t="inlineStr">
         <is>
-          <t>- 5392</t>
+          <t>- 5391</t>
         </is>
       </c>
       <c r="I575" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J575" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K575" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B576" s="8" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C576" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D576" s="3"/>
       <c r="E576" s="6" t="n">
-        <v>58785</v>
+        <v>57938</v>
       </c>
       <c r="F576" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні вимірювальні технології</t>
+          <t>Технічні та програмні засоби автоматизації</t>
         </is>
       </c>
       <c r="G576" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H576" s="8" t="inlineStr">
         <is>
-          <t>- 5343</t>
+          <t>- 5392</t>
         </is>
       </c>
       <c r="I576" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J576" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K576" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B577" s="8" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C577" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D577" s="3"/>
       <c r="E577" s="6" t="n">
-        <v>58786</v>
+        <v>58785</v>
       </c>
       <c r="F577" s="3" t="inlineStr">
         <is>
-          <t>Електронні мікро- і наносистеми та технології</t>
+          <t>Інформаційні вимірювальні технології</t>
         </is>
       </c>
       <c r="G577" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H577" s="8" t="inlineStr">
         <is>
-          <t>- 5386</t>
+          <t>- 5343</t>
         </is>
       </c>
       <c r="I577" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J577" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K577" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B578" s="8" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C578" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D578" s="3"/>
       <c r="E578" s="6" t="n">
-        <v>58787</v>
+        <v>58786</v>
       </c>
       <c r="F578" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наноелектроніка</t>
+          <t>Електронні мікро- і наносистеми та технології</t>
         </is>
       </c>
       <c r="G578" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H578" s="8" t="inlineStr">
         <is>
-          <t>- 5387</t>
+          <t>- 5386</t>
         </is>
       </c>
       <c r="I578" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J578" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K578" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B579" s="8" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C579" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D579" s="3"/>
       <c r="E579" s="6" t="n">
-        <v>58788</v>
+        <v>58787</v>
       </c>
       <c r="F579" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Мікро- та наноелектроніка</t>
         </is>
       </c>
       <c r="G579" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H579" s="8" t="inlineStr">
         <is>
-          <t>- 9088</t>
+          <t>- 5387</t>
         </is>
       </c>
       <c r="I579" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J579" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K579" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B580" s="8" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C580" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D580" s="3"/>
       <c r="E580" s="6" t="n">
-        <v>63572</v>
+        <v>58788</v>
       </c>
       <c r="F580" s="3" t="inlineStr">
         <is>
-          <t>Екоефективне повоєнне відновлення забруднених територій</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="G580" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H580" s="8" t="inlineStr">
         <is>
-          <t>- 19536</t>
+          <t>- 9088</t>
         </is>
       </c>
       <c r="I580" s="9" t="n">
-        <v>48030</v>
+        <v>47300</v>
       </c>
       <c r="J580" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K580" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B581" s="8" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C581" s="3" t="inlineStr">
         <is>
-          <t>Гірництво</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D581" s="3"/>
       <c r="E581" s="6" t="n">
-        <v>28916</v>
+        <v>63572</v>
       </c>
       <c r="F581" s="3" t="inlineStr">
         <is>
-          <t>Геоінженерія</t>
+          <t>Екоефективне повоєнне відновлення забруднених територій</t>
         </is>
       </c>
       <c r="G581" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H581" s="8" t="inlineStr">
         <is>
-          <t>- 5495</t>
+          <t>- 19536</t>
         </is>
       </c>
       <c r="I581" s="9" t="n">
-        <v>46935</v>
+        <v>48030</v>
       </c>
       <c r="J581" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K581" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B582" s="8" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>184</t>
         </is>
       </c>
       <c r="C582" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Гірництво</t>
         </is>
       </c>
       <c r="D582" s="3"/>
       <c r="E582" s="6" t="n">
-        <v>28681</v>
+        <v>28916</v>
       </c>
       <c r="F582" s="3" t="inlineStr">
         <is>
-          <t>Технології друкованих і електронних видань</t>
+          <t>Геоінженерія</t>
         </is>
       </c>
       <c r="G582" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H582" s="8" t="inlineStr">
         <is>
-          <t>- 6795</t>
+          <t>- 5495</t>
         </is>
       </c>
       <c r="I582" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J582" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K582" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B583" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>186</t>
         </is>
       </c>
       <c r="C583" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Видавництво та поліграфія</t>
+        </is>
+      </c>
+      <c r="D583" s="3"/>
       <c r="E583" s="6" t="n">
-        <v>57943</v>
+        <v>28681</v>
       </c>
       <c r="F583" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Технології друкованих і електронних видань</t>
         </is>
       </c>
       <c r="G583" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H583" s="8" t="inlineStr">
         <is>
-          <t>УД 11017526</t>
+          <t>- 6795</t>
         </is>
       </c>
       <c r="I583" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J583" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K583" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B584" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C584" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
-[...2 lines deleted...]
-      <c r="D584" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D584" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E584" s="6" t="n">
-        <v>18478</v>
+        <v>57943</v>
       </c>
       <c r="F584" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні соціальні проекти та волонтерська діяльність</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G584" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H584" s="8" t="inlineStr">
         <is>
-          <t>- 19552</t>
+          <t>УД 11017526</t>
         </is>
       </c>
       <c r="I584" s="9" t="n">
-        <v>48030</v>
+        <v>46387</v>
       </c>
       <c r="J584" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K584" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B585" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C585" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D585" s="3"/>
       <c r="E585" s="6" t="n">
-        <v>46636</v>
+        <v>18478</v>
       </c>
       <c r="F585" s="3" t="inlineStr">
         <is>
-          <t>Публічне адміністрування та електронне урядування</t>
+          <t>Міжнародні соціальні проекти та волонтерська діяльність</t>
         </is>
       </c>
       <c r="G585" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H585" s="8" t="inlineStr">
         <is>
-          <t>- 5525</t>
+          <t>- 19552</t>
         </is>
       </c>
       <c r="I585" s="9" t="n">
-        <v>46935</v>
+        <v>48030</v>
       </c>
       <c r="J585" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K585" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B586" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C586" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D586" s="3"/>
       <c r="E586" s="6" t="n">
-        <v>81746</v>
+        <v>46636</v>
       </c>
       <c r="F586" s="3" t="inlineStr">
         <is>
-          <t>Фізкультурно-спортивне відновлення людини та діяльність оздоровчо-спортивних закладів</t>
+          <t>Публічне адміністрування та електронне урядування</t>
         </is>
       </c>
       <c r="G586" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H586" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I586" s="9"/>
+          <t>- 5525</t>
+        </is>
+      </c>
+      <c r="I586" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J586" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K586" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B587" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C587" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D587" s="3"/>
       <c r="E587" s="6" t="n">
-        <v>81850</v>
+        <v>81746</v>
       </c>
       <c r="F587" s="3" t="inlineStr">
         <is>
-          <t>Галузевий переклад: англійська та друга західноєвропейська мови</t>
+          <t>Фізкультурно-спортивне відновлення людини та діяльність оздоровчо-спортивних закладів</t>
         </is>
       </c>
       <c r="G587" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H587" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I587" s="9"/>
       <c r="J587" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K587" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B588" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C588" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D588" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E588" s="6" t="n">
-        <v>81852</v>
+        <v>81850</v>
       </c>
       <c r="F588" s="3" t="inlineStr">
         <is>
-          <t>Галузевий переклад: німецька та друга західноєвропейська мови</t>
+          <t>Галузевий переклад: англійська та друга західноєвропейська мови</t>
         </is>
       </c>
       <c r="G588" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H588" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I588" s="9"/>
       <c r="J588" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K588" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B589" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C589" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D589" s="3" t="inlineStr">
         <is>
-          <t>Романські мови та літератури (переклад включно), перша - французька</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E589" s="6" t="n">
-        <v>81854</v>
+        <v>81852</v>
       </c>
       <c r="F589" s="3" t="inlineStr">
         <is>
-          <t>Галузевий переклад: французька та друга західноєвропейська мови</t>
+          <t>Галузевий переклад: німецька та друга західноєвропейська мови</t>
         </is>
       </c>
       <c r="G589" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H589" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I589" s="9"/>
       <c r="J589" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K589" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="590">
       <c r="A590" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B590" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C590" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D590" s="3" t="inlineStr">
         <is>
-          <t>Візуальні мистецтва</t>
+          <t>Романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E590" s="6" t="n">
-        <v>81750</v>
+        <v>81854</v>
       </c>
       <c r="F590" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Галузевий переклад: французька та друга західноєвропейська мови</t>
         </is>
       </c>
       <c r="G590" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H590" s="8" t="inlineStr">
         <is>
-          <t>- 15003</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I590" s="9"/>
       <c r="J590" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K590" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="591">
       <c r="A591" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B591" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C591" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D591" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D591" s="3" t="inlineStr">
+        <is>
+          <t>Візуальні мистецтва</t>
+        </is>
+      </c>
       <c r="E591" s="6" t="n">
-        <v>81753</v>
+        <v>81750</v>
       </c>
       <c r="F591" s="3" t="inlineStr">
         <is>
-          <t>Європейські студії</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G591" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H591" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I591" s="9"/>
+          <t>- 15003</t>
+        </is>
+      </c>
+      <c r="I591" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J591" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K591" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="592">
       <c r="A592" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B592" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C592" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D592" s="3"/>
       <c r="E592" s="6" t="n">
-        <v>81774</v>
+        <v>81753</v>
       </c>
       <c r="F592" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Європейські студії</t>
         </is>
       </c>
       <c r="G592" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H592" s="8" t="inlineStr">
         <is>
-          <t>- 15004</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I592" s="9"/>
       <c r="J592" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K592" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B593" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C593" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D593" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E593" s="6" t="n">
-        <v>81776</v>
+        <v>81774</v>
       </c>
       <c r="F593" s="3" t="inlineStr">
         <is>
-          <t>Економічна аналітика</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G593" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H593" s="8" t="inlineStr">
         <is>
-          <t>- 14520</t>
+          <t>- 15004</t>
         </is>
       </c>
       <c r="I593" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J593" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K593" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B594" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C594" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D594" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E594" s="6" t="n">
-        <v>81778</v>
+        <v>81776</v>
       </c>
       <c r="F594" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
+          <t>Економічна аналітика</t>
         </is>
       </c>
       <c r="G594" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H594" s="8" t="inlineStr">
         <is>
-          <t>- 14521</t>
+          <t>- 14520</t>
         </is>
       </c>
       <c r="I594" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J594" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K594" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B595" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C595" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
-[...2 lines deleted...]
-      <c r="D595" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D595" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
       <c r="E595" s="6" t="n">
-        <v>81784</v>
+        <v>81778</v>
       </c>
       <c r="F595" s="3" t="inlineStr">
         <is>
-          <t>Врегулювання конфліктів та медіація</t>
+          <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G595" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H595" s="8" t="inlineStr">
         <is>
-          <t>- 14522</t>
+          <t>- 14521</t>
         </is>
       </c>
       <c r="I595" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J595" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K595" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="596">
       <c r="A596" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B596" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C596" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D596" s="3"/>
       <c r="E596" s="6" t="n">
-        <v>81785</v>
+        <v>81784</v>
       </c>
       <c r="F596" s="3" t="inlineStr">
         <is>
-          <t>Аналітика соціальних даних</t>
+          <t>Врегулювання конфліктів та медіація</t>
         </is>
       </c>
       <c r="G596" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H596" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I596" s="9"/>
+          <t>- 14522</t>
+        </is>
+      </c>
+      <c r="I596" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J596" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K596" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="597">
       <c r="A597" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B597" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C597" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D597" s="3"/>
       <c r="E597" s="6" t="n">
-        <v>81788</v>
+        <v>81785</v>
       </c>
       <c r="F597" s="3" t="inlineStr">
         <is>
-          <t>Видавнича справа та редагування</t>
+          <t>Аналітика соціальних даних</t>
         </is>
       </c>
       <c r="G597" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H597" s="8" t="inlineStr">
         <is>
-          <t>- 15005</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I597" s="9"/>
       <c r="J597" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K597" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B598" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C598" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D598" s="3"/>
       <c r="E598" s="6" t="n">
-        <v>81790</v>
+        <v>81788</v>
       </c>
       <c r="F598" s="3" t="inlineStr">
         <is>
-          <t>Реклама і зв'язки з громадськістю</t>
+          <t>Видавнича справа та редагування</t>
         </is>
       </c>
       <c r="G598" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H598" s="8" t="inlineStr">
         <is>
-          <t>- 15006</t>
+          <t>- 15005</t>
         </is>
       </c>
       <c r="I598" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J598" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K598" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B599" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C599" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D599" s="3"/>
       <c r="E599" s="6" t="n">
-        <v>81794</v>
+        <v>81790</v>
       </c>
       <c r="F599" s="3" t="inlineStr">
         <is>
-          <t>Логістика</t>
+          <t>Реклама і зв'язки з громадськістю</t>
         </is>
       </c>
       <c r="G599" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H599" s="8" t="inlineStr">
         <is>
-          <t>- 15007</t>
+          <t>- 15006</t>
         </is>
       </c>
       <c r="I599" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J599" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K599" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B600" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C600" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D600" s="3"/>
       <c r="E600" s="6" t="n">
-        <v>81796</v>
+        <v>81794</v>
       </c>
       <c r="F600" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент і бізнес-адміністрування</t>
+          <t>Логістика</t>
         </is>
       </c>
       <c r="G600" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H600" s="8" t="inlineStr">
         <is>
-          <t>- 14523</t>
+          <t>- 15007</t>
         </is>
       </c>
       <c r="I600" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J600" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K600" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B601" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C601" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D601" s="3"/>
       <c r="E601" s="6" t="n">
-        <v>81798</v>
+        <v>81796</v>
       </c>
       <c r="F601" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент міжнародного бізнесу</t>
+          <t>Менеджмент і бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G601" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H601" s="8" t="inlineStr">
         <is>
-          <t>- 14524</t>
+          <t>- 14523</t>
         </is>
       </c>
       <c r="I601" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J601" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K601" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B602" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C602" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D602" s="3"/>
       <c r="E602" s="6" t="n">
-        <v>81800</v>
+        <v>81798</v>
       </c>
       <c r="F602" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування та менеджмент якості у медичній та фармацевтичній індустрії</t>
+          <t>Менеджмент міжнародного бізнесу</t>
         </is>
       </c>
       <c r="G602" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H602" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I602" s="9"/>
+          <t>- 14524</t>
+        </is>
+      </c>
+      <c r="I602" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J602" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K602" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B603" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C603" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D603" s="3"/>
       <c r="E603" s="6" t="n">
-        <v>81801</v>
+        <v>81800</v>
       </c>
       <c r="F603" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент підприємств оборонно-промислового комплексу</t>
+          <t>Бізнес-адміністрування та менеджмент якості у медичній та фармацевтичній індустрії</t>
         </is>
       </c>
       <c r="G603" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H603" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I603" s="9"/>
       <c r="J603" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K603" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B604" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C604" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D604" s="3"/>
       <c r="E604" s="6" t="n">
-        <v>81803</v>
+        <v>81801</v>
       </c>
       <c r="F604" s="3" t="inlineStr">
         <is>
-          <t>Публічне адміністрування та електронне урядування</t>
+          <t>Менеджмент підприємств оборонно-промислового комплексу</t>
         </is>
       </c>
       <c r="G604" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H604" s="8" t="inlineStr">
         <is>
-          <t>- 15008</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I604" s="9"/>
       <c r="J604" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K604" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B605" s="8" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C605" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D605" s="3"/>
       <c r="E605" s="6" t="n">
-        <v>83705</v>
+        <v>81803</v>
       </c>
       <c r="F605" s="3" t="inlineStr">
         <is>
-          <t>Промисловий маркетинг</t>
+          <t>Публічне адміністрування та електронне урядування</t>
         </is>
       </c>
       <c r="G605" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H605" s="8" t="inlineStr">
         <is>
-          <t>- 15009</t>
+          <t>- 15008</t>
         </is>
       </c>
       <c r="I605" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J605" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K605" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B606" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C606" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D606" s="3"/>
       <c r="E606" s="6" t="n">
-        <v>78718</v>
+        <v>83705</v>
       </c>
       <c r="F606" s="3" t="inlineStr">
         <is>
-          <t>Господарське та адміністративне право і процес</t>
+          <t>Промисловий маркетинг</t>
         </is>
       </c>
       <c r="G606" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H606" s="8" t="inlineStr">
         <is>
-          <t>- 15010</t>
+          <t>- 15009</t>
         </is>
       </c>
       <c r="I606" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J606" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K606" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="607">
       <c r="A607" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B607" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C607" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D607" s="3"/>
       <c r="E607" s="6" t="n">
-        <v>78721</v>
+        <v>78718</v>
       </c>
       <c r="F607" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне право та право інтелектуальної власності</t>
+          <t>Господарське та адміністративне право і процес</t>
         </is>
       </c>
       <c r="G607" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H607" s="8" t="inlineStr">
         <is>
-          <t>- 15011</t>
+          <t>- 15010</t>
         </is>
       </c>
       <c r="I607" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J607" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K607" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B608" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C608" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D608" s="3"/>
       <c r="E608" s="6" t="n">
-        <v>83388</v>
+        <v>78721</v>
       </c>
       <c r="F608" s="3" t="inlineStr">
         <is>
-          <t>Обчислювальна біологія та біоінформатика</t>
+          <t>Інформаційне право та право інтелектуальної власності</t>
         </is>
       </c>
       <c r="G608" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H608" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I608" s="9"/>
+          <t>- 15011</t>
+        </is>
+      </c>
+      <c r="I608" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J608" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K608" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="609">
       <c r="A609" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B609" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C609" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D609" s="3"/>
       <c r="E609" s="6" t="n">
-        <v>83391</v>
+        <v>83388</v>
       </c>
       <c r="F609" s="3" t="inlineStr">
         <is>
-          <t>Екологічна безпека</t>
+          <t>Обчислювальна біологія та біоінформатика</t>
         </is>
       </c>
       <c r="G609" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H609" s="8" t="inlineStr">
         <is>
-          <t>- 15012</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I609" s="9"/>
       <c r="J609" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K609" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B610" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C610" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D610" s="3"/>
       <c r="E610" s="6" t="n">
-        <v>84732</v>
+        <v>83391</v>
       </c>
       <c r="F610" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології захисту довкілля</t>
+          <t>Екологічна безпека</t>
         </is>
       </c>
       <c r="G610" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H610" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I610" s="9"/>
+          <t>- 15012</t>
+        </is>
+      </c>
+      <c r="I610" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J610" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K610" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B611" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C611" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D611" s="3"/>
       <c r="E611" s="6" t="n">
-        <v>83395</v>
+        <v>84732</v>
       </c>
       <c r="F611" s="3" t="inlineStr">
         <is>
-          <t>Моделювання фізичних процесів</t>
+          <t>Цифрові технології захисту довкілля</t>
         </is>
       </c>
       <c r="G611" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H611" s="8" t="inlineStr">
         <is>
-          <t>- 15013</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I611" s="9"/>
       <c r="J611" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K611" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B612" s="8" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C612" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D612" s="3"/>
       <c r="E612" s="6" t="n">
-        <v>83406</v>
+        <v>83395</v>
       </c>
       <c r="F612" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика</t>
+          <t>Моделювання фізичних процесів</t>
         </is>
       </c>
       <c r="G612" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H612" s="8" t="inlineStr">
         <is>
-          <t>- 15014</t>
+          <t>- 15013</t>
         </is>
       </c>
       <c r="I612" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J612" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K612" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B613" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C613" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D613" s="3"/>
       <c r="E613" s="6" t="n">
-        <v>83411</v>
+        <v>83406</v>
       </c>
       <c r="F613" s="3" t="inlineStr">
         <is>
-          <t>Страхова та фінансова математика</t>
+          <t>Прикладна фізика</t>
         </is>
       </c>
       <c r="G613" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H613" s="8" t="inlineStr">
         <is>
-          <t>- 15015</t>
+          <t>- 15014</t>
         </is>
       </c>
       <c r="I613" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J613" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K613" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="614">
       <c r="A614" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B614" s="8" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
       <c r="C614" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D614" s="3"/>
       <c r="E614" s="6" t="n">
-        <v>83413</v>
+        <v>83411</v>
       </c>
       <c r="F614" s="3" t="inlineStr">
         <is>
           <t>Страхова та фінансова математика</t>
         </is>
       </c>
       <c r="G614" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H614" s="8" t="inlineStr">
         <is>
-          <t>- 15016</t>
+          <t>- 15015</t>
         </is>
       </c>
       <c r="I614" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J614" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K614" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B615" s="8" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C615" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D615" s="3"/>
       <c r="E615" s="6" t="n">
-        <v>83418</v>
+        <v>83413</v>
       </c>
       <c r="F615" s="3" t="inlineStr">
         <is>
-          <t>Математичні методи криптографічного захисту інформації</t>
+          <t>Страхова та фінансова математика</t>
         </is>
       </c>
       <c r="G615" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H615" s="8" t="inlineStr">
         <is>
-          <t>- 15017</t>
+          <t>- 15016</t>
         </is>
       </c>
       <c r="I615" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J615" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K615" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="616">
       <c r="A616" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B616" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C616" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D616" s="3"/>
       <c r="E616" s="6" t="n">
-        <v>83421</v>
+        <v>83418</v>
       </c>
       <c r="F616" s="3" t="inlineStr">
         <is>
-          <t>Математичні методи моделювання, розпізнавання образів та комп'ютерного зору</t>
+          <t>Математичні методи криптографічного захисту інформації</t>
         </is>
       </c>
       <c r="G616" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H616" s="8" t="inlineStr">
         <is>
-          <t>- 15018</t>
+          <t>- 15017</t>
         </is>
       </c>
       <c r="I616" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J616" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K616" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B617" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C617" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D617" s="3"/>
       <c r="E617" s="6" t="n">
-        <v>83425</v>
+        <v>83421</v>
       </c>
       <c r="F617" s="3" t="inlineStr">
         <is>
-          <t>Машинне навчання та математичне моделювання</t>
+          <t>Математичні методи моделювання, розпізнавання образів та комп'ютерного зору</t>
         </is>
       </c>
       <c r="G617" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H617" s="8" t="inlineStr">
         <is>
-          <t>- 15019</t>
+          <t>- 15018</t>
         </is>
       </c>
       <c r="I617" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J617" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K617" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B618" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C618" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D618" s="3"/>
       <c r="E618" s="6" t="n">
-        <v>83427</v>
+        <v>83425</v>
       </c>
       <c r="F618" s="3" t="inlineStr">
         <is>
           <t>Машинне навчання та математичне моделювання</t>
         </is>
       </c>
       <c r="G618" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H618" s="8" t="inlineStr">
         <is>
-          <t>- 15020</t>
+          <t>- 15019</t>
         </is>
       </c>
       <c r="I618" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J618" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K618" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B619" s="8" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C619" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D619" s="3"/>
       <c r="E619" s="6" t="n">
-        <v>81856</v>
+        <v>83427</v>
       </c>
       <c r="F619" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем в енергетиці</t>
+          <t>Машинне навчання та математичне моделювання</t>
         </is>
       </c>
       <c r="G619" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H619" s="8" t="inlineStr">
         <is>
-          <t>- 15021</t>
+          <t>- 15020</t>
         </is>
       </c>
       <c r="I619" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J619" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K619" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B620" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C620" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D620" s="3"/>
       <c r="E620" s="6" t="n">
-        <v>81858</v>
+        <v>81856</v>
       </c>
       <c r="F620" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем в енергетиці</t>
         </is>
       </c>
       <c r="G620" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H620" s="8" t="inlineStr">
         <is>
-          <t>- 15022</t>
+          <t>- 15021</t>
         </is>
       </c>
       <c r="I620" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J620" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K620" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="621">
       <c r="A621" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B621" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C621" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D621" s="3"/>
       <c r="E621" s="6" t="n">
-        <v>81860</v>
+        <v>81858</v>
       </c>
       <c r="F621" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення інформаційних систем</t>
+          <t>Інженерія програмного забезпечення інтелектуальних кібер-фізичних систем в енергетиці</t>
         </is>
       </c>
       <c r="G621" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H621" s="8" t="inlineStr">
         <is>
-          <t>- 14525</t>
+          <t>- 15022</t>
         </is>
       </c>
       <c r="I621" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J621" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K621" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B622" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C622" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D622" s="3"/>
       <c r="E622" s="6" t="n">
-        <v>81861</v>
+        <v>81860</v>
       </c>
       <c r="F622" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення інформаційних систем</t>
         </is>
       </c>
       <c r="G622" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H622" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I622" s="9"/>
+          <t>- 14525</t>
+        </is>
+      </c>
+      <c r="I622" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J622" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K622" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="623">
       <c r="A623" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B623" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C623" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D623" s="3"/>
       <c r="E623" s="6" t="n">
-        <v>81863</v>
+        <v>81861</v>
       </c>
       <c r="F623" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення комп'ютерних систем</t>
+          <t>Інженерія програмного забезпечення інформаційних систем</t>
         </is>
       </c>
       <c r="G623" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H623" s="8" t="inlineStr">
         <is>
-          <t>- 15023</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I623" s="9"/>
       <c r="J623" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K623" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B624" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C624" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D624" s="3"/>
       <c r="E624" s="6" t="n">
-        <v>81866</v>
+        <v>81863</v>
       </c>
       <c r="F624" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення комп'ютерних систем</t>
         </is>
       </c>
       <c r="G624" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H624" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I624" s="9"/>
+          <t>- 15023</t>
+        </is>
+      </c>
+      <c r="I624" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J624" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K624" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B625" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C625" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D625" s="3"/>
       <c r="E625" s="6" t="n">
-        <v>81869</v>
+        <v>81866</v>
       </c>
       <c r="F625" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення мультимедійних та інформаційно-пошукових систем</t>
+          <t>Інженерія програмного забезпечення комп'ютерних систем</t>
         </is>
       </c>
       <c r="G625" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H625" s="8" t="inlineStr">
         <is>
-          <t>- 14526</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I625" s="9"/>
       <c r="J625" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K625" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="626">
       <c r="A626" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B626" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C626" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D626" s="3"/>
       <c r="E626" s="6" t="n">
-        <v>81870</v>
+        <v>81869</v>
       </c>
       <c r="F626" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення мультимедійних та інформаційно-пошукових систем</t>
         </is>
       </c>
       <c r="G626" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H626" s="8" t="inlineStr">
         <is>
-          <t>- 15024</t>
+          <t>- 14526</t>
         </is>
       </c>
       <c r="I626" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J626" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K626" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B627" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C627" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D627" s="3"/>
       <c r="E627" s="6" t="n">
-        <v>86390</v>
+        <v>81870</v>
       </c>
       <c r="F627" s="3" t="inlineStr">
         <is>
-          <t>Інженерія квантового програмного забезпечення</t>
+          <t>Інженерія програмного забезпечення мультимедійних та інформаційно-пошукових систем</t>
         </is>
       </c>
       <c r="G627" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H627" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I627" s="9"/>
+          <t>- 15024</t>
+        </is>
+      </c>
+      <c r="I627" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J627" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K627" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B628" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C628" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D628" s="3"/>
       <c r="E628" s="6" t="n">
-        <v>83555</v>
+        <v>86390</v>
       </c>
       <c r="F628" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
+          <t>Інженерія квантового програмного забезпечення</t>
         </is>
       </c>
       <c r="G628" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H628" s="8" t="inlineStr">
         <is>
-          <t>- 15025</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I628" s="9"/>
       <c r="J628" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K628" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="629">
       <c r="A629" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B629" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C629" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D629" s="3"/>
       <c r="E629" s="6" t="n">
-        <v>83559</v>
+        <v>83555</v>
       </c>
       <c r="F629" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні сервіс-орієнтовані розподілені обчислювання</t>
+          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
         </is>
       </c>
       <c r="G629" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H629" s="8" t="inlineStr">
         <is>
-          <t>- 15026</t>
+          <t>- 15025</t>
         </is>
       </c>
       <c r="I629" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J629" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K629" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="630">
       <c r="A630" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B630" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C630" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D630" s="3"/>
       <c r="E630" s="6" t="n">
-        <v>83561</v>
+        <v>83559</v>
       </c>
       <c r="F630" s="3" t="inlineStr">
         <is>
-          <t>Системи і методи штучного інтелекту</t>
+          <t>Інтелектуальні сервіс-орієнтовані розподілені обчислювання</t>
         </is>
       </c>
       <c r="G630" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H630" s="8" t="inlineStr">
         <is>
-          <t>- 15027</t>
+          <t>- 15026</t>
         </is>
       </c>
       <c r="I630" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J630" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K630" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B631" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C631" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D631" s="3"/>
       <c r="E631" s="6" t="n">
-        <v>83563</v>
+        <v>83561</v>
       </c>
       <c r="F631" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології в енергетиці</t>
+          <t>Системи і методи штучного інтелекту</t>
         </is>
       </c>
       <c r="G631" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H631" s="8" t="inlineStr">
         <is>
-          <t>- 15029</t>
+          <t>- 15027</t>
         </is>
       </c>
       <c r="I631" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J631" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K631" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="632">
       <c r="A632" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B632" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C632" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D632" s="3"/>
       <c r="E632" s="6" t="n">
-        <v>83564</v>
+        <v>83563</v>
       </c>
       <c r="F632" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Цифрові технології в енергетиці</t>
         </is>
       </c>
       <c r="G632" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H632" s="8" t="inlineStr">
         <is>
-          <t>- 15030</t>
+          <t>- 15029</t>
         </is>
       </c>
       <c r="I632" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J632" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K632" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B633" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C633" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D633" s="3"/>
       <c r="E633" s="6" t="n">
-        <v>85592</v>
+        <v>83564</v>
       </c>
       <c r="F633" s="3" t="inlineStr">
         <is>
-          <t>Технології штучного інтелекту у біомедичних системах</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G633" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H633" s="8" t="inlineStr">
         <is>
-          <t>- 15028</t>
+          <t>- 15030</t>
         </is>
       </c>
       <c r="I633" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J633" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K633" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="634">
       <c r="A634" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B634" s="8" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C634" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D634" s="3"/>
       <c r="E634" s="6" t="n">
-        <v>83568</v>
+        <v>85592</v>
       </c>
       <c r="F634" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз і управління</t>
+          <t>Технології штучного інтелекту у біомедичних системах</t>
         </is>
       </c>
       <c r="G634" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H634" s="8" t="inlineStr">
         <is>
-          <t>- 15031</t>
+          <t>- 15028</t>
         </is>
       </c>
       <c r="I634" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J634" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K634" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B635" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C635" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D635" s="3"/>
       <c r="E635" s="6" t="n">
-        <v>83569</v>
+        <v>83568</v>
       </c>
       <c r="F635" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз фінансового ринку</t>
+          <t>Системний аналіз і управління</t>
         </is>
       </c>
       <c r="G635" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H635" s="8" t="inlineStr">
         <is>
-          <t>- 15032</t>
+          <t>- 15031</t>
         </is>
       </c>
       <c r="I635" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J635" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K635" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B636" s="8" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C636" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D636" s="3"/>
       <c r="E636" s="6" t="n">
-        <v>81877</v>
+        <v>83569</v>
       </c>
       <c r="F636" s="3" t="inlineStr">
         <is>
-          <t>Безпека державних інформаційних ресурсів</t>
+          <t>Системний аналіз фінансового ринку</t>
         </is>
       </c>
       <c r="G636" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H636" s="8" t="inlineStr">
         <is>
-          <t>- 15033</t>
+          <t>- 15032</t>
         </is>
       </c>
       <c r="I636" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J636" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K636" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B637" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C637" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D637" s="3"/>
       <c r="E637" s="6" t="n">
-        <v>81881</v>
+        <v>81877</v>
       </c>
       <c r="F637" s="3" t="inlineStr">
         <is>
-          <t>Системи технічного захисту інформації</t>
+          <t>Безпека державних інформаційних ресурсів</t>
         </is>
       </c>
       <c r="G637" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H637" s="8" t="inlineStr">
         <is>
-          <t>- 15034</t>
+          <t>- 15033</t>
         </is>
       </c>
       <c r="I637" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J637" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K637" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B638" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C638" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D638" s="3"/>
       <c r="E638" s="6" t="n">
-        <v>81884</v>
+        <v>81881</v>
       </c>
       <c r="F638" s="3" t="inlineStr">
         <is>
-          <t>Системи, технології та математичні методи кібербезпеки</t>
+          <t>Системи технічного захисту інформації</t>
         </is>
       </c>
       <c r="G638" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H638" s="8" t="inlineStr">
         <is>
-          <t>- 15035</t>
+          <t>- 15034</t>
         </is>
       </c>
       <c r="I638" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J638" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K638" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B639" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C639" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D639" s="3"/>
       <c r="E639" s="6" t="n">
-        <v>81902</v>
+        <v>81884</v>
       </c>
       <c r="F639" s="3" t="inlineStr">
         <is>
           <t>Системи, технології та математичні методи кібербезпеки</t>
         </is>
       </c>
       <c r="G639" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H639" s="8" t="inlineStr">
         <is>
-          <t>- 15036</t>
+          <t>- 15035</t>
         </is>
       </c>
       <c r="I639" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J639" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K639" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B640" s="8" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C640" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D640" s="3"/>
       <c r="E640" s="6" t="n">
-        <v>82955</v>
+        <v>81902</v>
       </c>
       <c r="F640" s="3" t="inlineStr">
         <is>
-          <t>Інтегровані інформаційні системи</t>
+          <t>Системи, технології та математичні методи кібербезпеки</t>
         </is>
       </c>
       <c r="G640" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H640" s="8" t="inlineStr">
         <is>
-          <t>- 15037</t>
+          <t>- 15036</t>
         </is>
       </c>
       <c r="I640" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J640" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K640" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="641">
       <c r="A641" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B641" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C641" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D641" s="3"/>
       <c r="E641" s="6" t="n">
-        <v>82957</v>
+        <v>82955</v>
       </c>
       <c r="F641" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне забезпечення робототехнічних систем</t>
+          <t>Інтегровані інформаційні системи</t>
         </is>
       </c>
       <c r="G641" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H641" s="8" t="inlineStr">
         <is>
-          <t>- 15038</t>
+          <t>- 15037</t>
         </is>
       </c>
       <c r="I641" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J641" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K641" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="642">
       <c r="A642" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B642" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C642" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D642" s="3"/>
       <c r="E642" s="6" t="n">
-        <v>82959</v>
+        <v>82957</v>
       </c>
       <c r="F642" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні управляючі системи та технології</t>
+          <t>Інформаційне забезпечення робототехнічних систем</t>
         </is>
       </c>
       <c r="G642" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H642" s="8" t="inlineStr">
         <is>
-          <t>- 15039</t>
+          <t>- 15038</t>
         </is>
       </c>
       <c r="I642" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J642" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K642" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="643">
       <c r="A643" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B643" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C643" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D643" s="3"/>
       <c r="E643" s="6" t="n">
-        <v>82960</v>
+        <v>82959</v>
       </c>
       <c r="F643" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G643" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H643" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I643" s="9"/>
+          <t>- 15039</t>
+        </is>
+      </c>
+      <c r="I643" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J643" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K643" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B644" s="8" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C644" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D644" s="3"/>
       <c r="E644" s="6" t="n">
-        <v>82963</v>
+        <v>82960</v>
       </c>
       <c r="F644" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні системи та мережі</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G644" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H644" s="8" t="inlineStr">
         <is>
-          <t>- 15040</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I644" s="9"/>
       <c r="J644" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K644" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B645" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C645" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D645" s="3"/>
       <c r="E645" s="6" t="n">
-        <v>82964</v>
+        <v>82963</v>
       </c>
       <c r="F645" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G645" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H645" s="8" t="inlineStr">
         <is>
-          <t>- 15041</t>
+          <t>- 15040</t>
         </is>
       </c>
       <c r="I645" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J645" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K645" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B646" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C646" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D646" s="3"/>
       <c r="E646" s="6" t="n">
-        <v>82968</v>
+        <v>82964</v>
       </c>
       <c r="F646" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування та спеціалізовані комп'ютерні системи</t>
+          <t>Комп'ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G646" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H646" s="8" t="inlineStr">
         <is>
-          <t>- 15042</t>
+          <t>- 15041</t>
         </is>
       </c>
       <c r="I646" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J646" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K646" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B647" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C647" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D647" s="3"/>
       <c r="E647" s="6" t="n">
-        <v>82969</v>
+        <v>82968</v>
       </c>
       <c r="F647" s="3" t="inlineStr">
         <is>
           <t>Системне програмування та спеціалізовані комп'ютерні системи</t>
         </is>
       </c>
       <c r="G647" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H647" s="8" t="inlineStr">
         <is>
-          <t>- 15043</t>
+          <t>- 15042</t>
         </is>
       </c>
       <c r="I647" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J647" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K647" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="648">
       <c r="A648" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B648" s="8" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C648" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D648" s="3"/>
       <c r="E648" s="6" t="n">
-        <v>82972</v>
+        <v>82969</v>
       </c>
       <c r="F648" s="3" t="inlineStr">
         <is>
-          <t>Ресурсоефективні чисті технології</t>
+          <t>Системне програмування та спеціалізовані комп'ютерні системи</t>
         </is>
       </c>
       <c r="G648" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H648" s="8" t="inlineStr">
         <is>
-          <t>- 15046</t>
+          <t>- 15043</t>
         </is>
       </c>
       <c r="I648" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J648" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K648" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="649">
       <c r="A649" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B649" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C649" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D649" s="3"/>
       <c r="E649" s="6" t="n">
-        <v>82973</v>
+        <v>82972</v>
       </c>
       <c r="F649" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних в'яжучих речовин, кераміки, скла та полімерних і композиційних матеріалів</t>
+          <t>Ресурсоефективні чисті технології</t>
         </is>
       </c>
       <c r="G649" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H649" s="8" t="inlineStr">
         <is>
-          <t>- 15045</t>
+          <t>- 15046</t>
         </is>
       </c>
       <c r="I649" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J649" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K649" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="650">
       <c r="A650" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B650" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C650" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D650" s="3"/>
       <c r="E650" s="6" t="n">
-        <v>82974</v>
+        <v>82973</v>
       </c>
       <c r="F650" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології неорганічних, електродних матеріалів та водоочищення</t>
+          <t>Хімічні технології неорганічних в'яжучих речовин, кераміки, скла та полімерних і композиційних матеріалів</t>
         </is>
       </c>
       <c r="G650" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H650" s="8" t="inlineStr">
         <is>
-          <t>- 15044</t>
+          <t>- 15045</t>
         </is>
       </c>
       <c r="I650" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J650" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K650" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B651" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C651" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D651" s="3"/>
       <c r="E651" s="6" t="n">
-        <v>82975</v>
+        <v>82974</v>
       </c>
       <c r="F651" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології синтезу та фізико-хімічні властивості органічних матеріалів</t>
+          <t>Хімічні технології неорганічних, електродних матеріалів та водоочищення</t>
         </is>
       </c>
       <c r="G651" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H651" s="8" t="inlineStr">
         <is>
-          <t>- 15047</t>
+          <t>- 15044</t>
         </is>
       </c>
       <c r="I651" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J651" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K651" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="652">
       <c r="A652" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B652" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C652" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D652" s="3"/>
       <c r="E652" s="6" t="n">
-        <v>82977</v>
+        <v>82975</v>
       </c>
       <c r="F652" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Хімічні технології синтезу та фізико-хімічні властивості органічних матеріалів</t>
         </is>
       </c>
       <c r="G652" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H652" s="8" t="inlineStr">
         <is>
-          <t>- 13947</t>
+          <t>- 15047</t>
         </is>
       </c>
       <c r="I652" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J652" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K652" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B653" s="8" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C653" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D653" s="3"/>
       <c r="E653" s="6" t="n">
-        <v>83660</v>
+        <v>82977</v>
       </c>
       <c r="F653" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютеризовані процеси лиття</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G653" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H653" s="8" t="inlineStr">
         <is>
-          <t>- 15091</t>
+          <t>- 13947</t>
         </is>
       </c>
       <c r="I653" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J653" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K653" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="654">
       <c r="A654" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B654" s="8" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C654" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Металургія</t>
+        </is>
+      </c>
+      <c r="D654" s="3"/>
       <c r="E654" s="6" t="n">
-        <v>84508</v>
+        <v>83660</v>
       </c>
       <c r="F654" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг поліграфічних систем</t>
+          <t>Комп'ютеризовані процеси лиття</t>
         </is>
       </c>
       <c r="G654" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H654" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I654" s="9"/>
+          <t>- 15091</t>
+        </is>
+      </c>
+      <c r="I654" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J654" s="8" t="inlineStr">
         <is>
-          <t>УД 11020442</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K654" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B655" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C655" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D655" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E655" s="6" t="n">
-        <v>84515</v>
+        <v>84508</v>
       </c>
       <c r="F655" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг інноваційного галузевого обладнання</t>
+          <t>Інжиніринг поліграфічних систем</t>
         </is>
       </c>
       <c r="G655" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H655" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I655" s="9"/>
       <c r="J655" s="8" t="inlineStr">
         <is>
           <t>УД 11020442</t>
         </is>
       </c>
       <c r="K655" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="656">
       <c r="A656" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B656" s="8" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C656" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
-[...2 lines deleted...]
-      <c r="D656" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D656" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E656" s="6" t="n">
-        <v>83680</v>
+        <v>84515</v>
       </c>
       <c r="F656" s="3" t="inlineStr">
         <is>
-          <t>Інженерія авіаційних та ракетно-космічних систем</t>
+          <t>Інжиніринг інноваційного галузевого обладнання</t>
         </is>
       </c>
       <c r="G656" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H656" s="8" t="inlineStr">
         <is>
-          <t>- 15092</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I656" s="9"/>
       <c r="J656" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K656" s="9"/>
+          <t>УД 11020442</t>
+        </is>
+      </c>
+      <c r="K656" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="657">
       <c r="A657" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B657" s="8" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C657" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D657" s="3"/>
       <c r="E657" s="6" t="n">
-        <v>83682</v>
+        <v>83680</v>
       </c>
       <c r="F657" s="3" t="inlineStr">
         <is>
-          <t>Літаки і вертольоти</t>
+          <t>Інженерія авіаційних та ракетно-космічних систем</t>
         </is>
       </c>
       <c r="G657" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H657" s="8" t="inlineStr">
         <is>
-          <t>- 14535</t>
+          <t>- 15092</t>
         </is>
       </c>
       <c r="I657" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="J657" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K657" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="658">
       <c r="A658" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B658" s="8" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C658" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D658" s="3"/>
       <c r="E658" s="6" t="n">
-        <v>83685</v>
+        <v>83682</v>
       </c>
       <c r="F658" s="3" t="inlineStr">
         <is>
-          <t>Системи керування літальними апаратами та комплексами</t>
+          <t>Літаки і вертольоти</t>
         </is>
       </c>
       <c r="G658" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H658" s="8" t="inlineStr">
         <is>
-          <t>- 15093</t>
+          <t>- 14535</t>
         </is>
       </c>
       <c r="I658" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J658" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K658" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B659" s="8" t="inlineStr">
         <is>
-          <t>G16</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C659" s="3" t="inlineStr">
         <is>
-          <t>Гірництво та нафтогазові технології</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D659" s="3"/>
       <c r="E659" s="6" t="n">
-        <v>83688</v>
+        <v>83685</v>
       </c>
       <c r="F659" s="3" t="inlineStr">
         <is>
-          <t>Геоінженерія</t>
+          <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
       <c r="G659" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H659" s="8" t="inlineStr">
         <is>
-          <t>- 14536</t>
+          <t>- 15093</t>
         </is>
       </c>
       <c r="I659" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J659" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K659" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="660">
       <c r="A660" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B660" s="8" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C660" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D660" s="3"/>
       <c r="E660" s="6" t="n">
-        <v>82980</v>
+        <v>83688</v>
       </c>
       <c r="F660" s="3" t="inlineStr">
         <is>
-          <t>Екоефективне повоєнне відновлення забруднених територій</t>
+          <t>Геоінженерія</t>
         </is>
       </c>
       <c r="G660" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H660" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I660" s="9"/>
+          <t>- 14536</t>
+        </is>
+      </c>
+      <c r="I660" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J660" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K660" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="661">
       <c r="A661" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B661" s="8" t="inlineStr">
         <is>
-          <t>G20</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C661" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D661" s="3"/>
       <c r="E661" s="6" t="n">
-        <v>83691</v>
+        <v>82980</v>
       </c>
       <c r="F661" s="3" t="inlineStr">
         <is>
-          <t>Технології друкованих і електронних видань</t>
+          <t>Екоефективне повоєнне відновлення забруднених територій</t>
         </is>
       </c>
       <c r="G661" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H661" s="8" t="inlineStr">
         <is>
-          <t>- 15094</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I661" s="9"/>
       <c r="J661" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K661" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="662">
       <c r="A662" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B662" s="8" t="inlineStr">
         <is>
-          <t>G21</t>
+          <t>G20</t>
         </is>
       </c>
       <c r="C662" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D662" s="3"/>
       <c r="E662" s="6" t="n">
-        <v>83694</v>
+        <v>83691</v>
       </c>
       <c r="F662" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології</t>
+          <t>Технології друкованих і електронних видань</t>
         </is>
       </c>
       <c r="G662" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H662" s="8" t="inlineStr">
         <is>
-          <t>- 14537</t>
+          <t>- 15094</t>
         </is>
       </c>
       <c r="I662" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J662" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K662" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="663">
       <c r="A663" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B663" s="8" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C663" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D663" s="3"/>
       <c r="E663" s="6" t="n">
-        <v>83695</v>
+        <v>83694</v>
       </c>
       <c r="F663" s="3" t="inlineStr">
         <is>
           <t>Біотехнології</t>
         </is>
       </c>
       <c r="G663" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H663" s="8" t="inlineStr">
         <is>
-          <t>- 15095</t>
+          <t>- 14537</t>
         </is>
       </c>
       <c r="I663" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J663" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K663" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="664">
       <c r="A664" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B664" s="8" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>G21</t>
         </is>
       </c>
       <c r="C664" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D664" s="3"/>
       <c r="E664" s="6" t="n">
-        <v>83698</v>
+        <v>83695</v>
       </c>
       <c r="F664" s="3" t="inlineStr">
         <is>
-          <t>Регенеративна та біофармацевтична інженерія</t>
+          <t>Біотехнології</t>
         </is>
       </c>
       <c r="G664" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H664" s="8" t="inlineStr">
         <is>
-          <t>- 15096</t>
+          <t>- 15095</t>
         </is>
       </c>
       <c r="I664" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J664" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K664" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="665">
       <c r="A665" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B665" s="8" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
       <c r="C665" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D665" s="3"/>
       <c r="E665" s="6" t="n">
-        <v>83699</v>
+        <v>83698</v>
       </c>
       <c r="F665" s="3" t="inlineStr">
         <is>
-          <t>Інженерія у біобезпеці та біозахисті</t>
+          <t>Регенеративна та біофармацевтична інженерія</t>
         </is>
       </c>
       <c r="G665" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H665" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I665" s="9"/>
+          <t>- 15096</t>
+        </is>
+      </c>
+      <c r="I665" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J665" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K665" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="666">
       <c r="A666" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B666" s="8" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
       <c r="C666" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D666" s="3"/>
       <c r="E666" s="6" t="n">
-        <v>85588</v>
+        <v>83699</v>
       </c>
       <c r="F666" s="3" t="inlineStr">
         <is>
-          <t>Медична інженерія</t>
+          <t>Інженерія у біобезпеці та біозахисті</t>
         </is>
       </c>
       <c r="G666" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H666" s="8" t="inlineStr">
         <is>
-          <t>- 14538</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I666" s="9"/>
       <c r="J666" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K666" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="667">
       <c r="A667" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B667" s="8" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C667" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D667" s="3"/>
       <c r="E667" s="6" t="n">
-        <v>83576</v>
+        <v>85588</v>
       </c>
       <c r="F667" s="3" t="inlineStr">
         <is>
-          <t>Електричні машини і апарати</t>
+          <t>Медична інженерія</t>
         </is>
       </c>
       <c r="G667" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H667" s="8" t="inlineStr">
         <is>
-          <t>- 15048</t>
+          <t>- 14538</t>
         </is>
       </c>
       <c r="I667" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J667" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K667" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B668" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C668" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D668" s="3"/>
       <c r="E668" s="6" t="n">
-        <v>83578</v>
+        <v>83576</v>
       </c>
       <c r="F668" s="3" t="inlineStr">
         <is>
-          <t>Електричні системи і мережі</t>
+          <t>Електричні машини і апарати</t>
         </is>
       </c>
       <c r="G668" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H668" s="8" t="inlineStr">
         <is>
-          <t>- 15049</t>
+          <t>- 15048</t>
         </is>
       </c>
       <c r="I668" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J668" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K668" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="669">
       <c r="A669" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B669" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C669" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D669" s="3"/>
       <c r="E669" s="6" t="n">
-        <v>83580</v>
+        <v>83578</v>
       </c>
       <c r="F669" s="3" t="inlineStr">
         <is>
-          <t>Електричні станції</t>
+          <t>Електричні системи і мережі</t>
         </is>
       </c>
       <c r="G669" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H669" s="8" t="inlineStr">
         <is>
-          <t>- 15050</t>
+          <t>- 15049</t>
         </is>
       </c>
       <c r="I669" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J669" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K669" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="670">
       <c r="A670" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B670" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C670" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D670" s="3"/>
       <c r="E670" s="6" t="n">
-        <v>83582</v>
+        <v>83580</v>
       </c>
       <c r="F670" s="3" t="inlineStr">
         <is>
-          <t>Електромеханічні системи автоматизації, електропривод та електромобільність</t>
+          <t>Електричні станції</t>
         </is>
       </c>
       <c r="G670" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H670" s="8" t="inlineStr">
         <is>
-          <t>- 15051</t>
+          <t>- 15050</t>
         </is>
       </c>
       <c r="I670" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J670" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K670" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="671">
       <c r="A671" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B671" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C671" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D671" s="3"/>
       <c r="E671" s="6" t="n">
-        <v>83584</v>
+        <v>83582</v>
       </c>
       <c r="F671" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні пристрої та електротехнологічні комплекси</t>
+          <t>Електромеханічні системи автоматизації, електропривод та електромобільність</t>
         </is>
       </c>
       <c r="G671" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H671" s="8" t="inlineStr">
         <is>
-          <t>- 15052</t>
+          <t>- 15051</t>
         </is>
       </c>
       <c r="I671" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J671" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K671" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="672">
       <c r="A672" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B672" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C672" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D672" s="3"/>
       <c r="E672" s="6" t="n">
-        <v>83586</v>
+        <v>83584</v>
       </c>
       <c r="F672" s="3" t="inlineStr">
         <is>
-          <t>Управління, захист та автоматизація енергосистем</t>
+          <t>Електротехнічні пристрої та електротехнологічні комплекси</t>
         </is>
       </c>
       <c r="G672" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H672" s="8" t="inlineStr">
         <is>
-          <t>- 15053</t>
+          <t>- 15052</t>
         </is>
       </c>
       <c r="I672" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J672" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K672" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="673">
       <c r="A673" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B673" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C673" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D673" s="3"/>
       <c r="E673" s="6" t="n">
-        <v>83587</v>
+        <v>83586</v>
       </c>
       <c r="F673" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика та електромеханіка</t>
+          <t>Управління, захист та автоматизація енергосистем</t>
         </is>
       </c>
       <c r="G673" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H673" s="8" t="inlineStr">
         <is>
-          <t>- 15054</t>
+          <t>- 15053</t>
         </is>
       </c>
       <c r="I673" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J673" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K673" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="674">
       <c r="A674" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B674" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C674" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D674" s="3"/>
       <c r="E674" s="6" t="n">
-        <v>83589</v>
+        <v>83587</v>
       </c>
       <c r="F674" s="3" t="inlineStr">
         <is>
-          <t>Енергоменеджмент та енергоефективні технології</t>
+          <t>Електроенергетика та електромеханіка</t>
         </is>
       </c>
       <c r="G674" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H674" s="8" t="inlineStr">
         <is>
-          <t>- 14527</t>
+          <t>- 15054</t>
         </is>
       </c>
       <c r="I674" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J674" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K674" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="675">
       <c r="A675" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B675" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C675" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D675" s="3"/>
       <c r="E675" s="6" t="n">
-        <v>83591</v>
+        <v>83589</v>
       </c>
       <c r="F675" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг інтелектуальних електротехнічних та мехатронних комплексів</t>
+          <t>Енергоменеджмент та енергоефективні технології</t>
         </is>
       </c>
       <c r="G675" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H675" s="8" t="inlineStr">
         <is>
-          <t>- 14528</t>
+          <t>- 14527</t>
         </is>
       </c>
       <c r="I675" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J675" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K675" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="676">
       <c r="A676" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B676" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C676" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D676" s="3"/>
       <c r="E676" s="6" t="n">
-        <v>83593</v>
+        <v>83591</v>
       </c>
       <c r="F676" s="3" t="inlineStr">
         <is>
-          <t>Системи забезпечення споживачів електричною енергією</t>
+          <t>Інжиніринг інтелектуальних електротехнічних та мехатронних комплексів</t>
         </is>
       </c>
       <c r="G676" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H676" s="8" t="inlineStr">
         <is>
-          <t>- 14529</t>
+          <t>- 14528</t>
         </is>
       </c>
       <c r="I676" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J676" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K676" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="677">
       <c r="A677" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B677" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C677" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D677" s="3"/>
       <c r="E677" s="6" t="n">
-        <v>83594</v>
+        <v>83593</v>
       </c>
       <c r="F677" s="3" t="inlineStr">
         <is>
-          <t>Енергоменеджмент, електропостачання та інжиніринг електротехнічних комплексів</t>
+          <t>Системи забезпечення споживачів електричною енергією</t>
         </is>
       </c>
       <c r="G677" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H677" s="8" t="inlineStr">
         <is>
-          <t>- 15055</t>
+          <t>- 14529</t>
         </is>
       </c>
       <c r="I677" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J677" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K677" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="678">
       <c r="A678" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B678" s="8" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C678" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Електрична інженерія</t>
+        </is>
+      </c>
+      <c r="D678" s="3"/>
       <c r="E678" s="6" t="n">
-        <v>78735</v>
+        <v>83594</v>
       </c>
       <c r="F678" s="3" t="inlineStr">
         <is>
-          <t>Атомні електричні станції</t>
+          <t>Енергоменеджмент, електропостачання та інжиніринг електротехнічних комплексів</t>
         </is>
       </c>
       <c r="G678" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H678" s="8" t="inlineStr">
         <is>
-          <t>- 15057</t>
+          <t>- 15055</t>
         </is>
       </c>
       <c r="I678" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J678" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K678" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="679">
       <c r="A679" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B679" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C679" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D679" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="E679" s="6" t="n">
-        <v>78739</v>
+        <v>78735</v>
       </c>
       <c r="F679" s="3" t="inlineStr">
         <is>
-          <t>Фізичний захист та облік і контроль ядерних матеріалів</t>
+          <t>Атомні електричні станції</t>
         </is>
       </c>
       <c r="G679" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H679" s="8" t="inlineStr">
         <is>
-          <t>- 15059</t>
+          <t>- 15057</t>
         </is>
       </c>
       <c r="I679" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J679" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K679" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="680">
       <c r="A680" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B680" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C680" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D680" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="E680" s="6" t="n">
-        <v>78741</v>
+        <v>78739</v>
       </c>
       <c r="F680" s="3" t="inlineStr">
         <is>
-          <t>Атомні електричні станції</t>
+          <t>Фізичний захист та облік і контроль ядерних матеріалів</t>
         </is>
       </c>
       <c r="G680" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H680" s="8" t="inlineStr">
         <is>
-          <t>- 15058</t>
+          <t>- 15059</t>
         </is>
       </c>
       <c r="I680" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J680" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K680" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="681">
       <c r="A681" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B681" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C681" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D681" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="E681" s="6" t="n">
-        <v>84367</v>
+        <v>78741</v>
       </c>
       <c r="F681" s="3" t="inlineStr">
         <is>
-          <t>Енергогенеруюче обладнання та системи термостабілізації</t>
+          <t>Атомні електричні станції</t>
         </is>
       </c>
       <c r="G681" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H681" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I681" s="9"/>
+          <t>- 15058</t>
+        </is>
+      </c>
+      <c r="I681" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J681" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K681" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="682">
       <c r="A682" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B682" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C682" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D682" s="3" t="inlineStr">
         <is>
-          <t>Відновлювані джерела енергії та гідроенергетика</t>
+          <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="E682" s="6" t="n">
-        <v>84335</v>
+        <v>84367</v>
       </c>
       <c r="F682" s="3" t="inlineStr">
         <is>
-          <t>Нетрадиційні та відновлювані джерела енергії</t>
+          <t>Енергогенеруюче обладнання та системи термостабілізації</t>
         </is>
       </c>
       <c r="G682" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H682" s="8" t="inlineStr">
         <is>
-          <t>- 15056</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I682" s="9"/>
       <c r="J682" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K682" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="683">
       <c r="A683" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B683" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C683" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D683" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Відновлювані джерела енергії та гідроенергетика</t>
         </is>
       </c>
       <c r="E683" s="6" t="n">
-        <v>84374</v>
+        <v>84335</v>
       </c>
       <c r="F683" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика та теплоенергетичні установки електростанцій</t>
+          <t>Нетрадиційні та відновлювані джерела енергії</t>
         </is>
       </c>
       <c r="G683" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H683" s="8" t="inlineStr">
         <is>
-          <t>- 15060</t>
+          <t>- 15056</t>
         </is>
       </c>
       <c r="I683" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J683" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K683" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="684">
       <c r="A684" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B684" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C684" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D684" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E684" s="6" t="n">
-        <v>84375</v>
+        <v>84374</v>
       </c>
       <c r="F684" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика та теплоенергетичні установки електростанцій</t>
         </is>
       </c>
       <c r="G684" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H684" s="8" t="inlineStr">
         <is>
-          <t>- 15061</t>
+          <t>- 15060</t>
         </is>
       </c>
       <c r="I684" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J684" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K684" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="685">
       <c r="A685" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B685" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C685" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D685" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E685" s="6" t="n">
-        <v>84376</v>
+        <v>84375</v>
       </c>
       <c r="F685" s="3" t="inlineStr">
         <is>
-          <t>Управління енергоефективністю та інжиніринг теплоенергетичних систем</t>
+          <t>Теплоенергетика та теплоенергетичні установки електростанцій</t>
         </is>
       </c>
       <c r="G685" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H685" s="8" t="inlineStr">
         <is>
-          <t>- 15062</t>
+          <t>- 15061</t>
         </is>
       </c>
       <c r="I685" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J685" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K685" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="686">
       <c r="A686" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B686" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C686" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D686" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E686" s="6" t="n">
-        <v>86860</v>
+        <v>84376</v>
       </c>
       <c r="F686" s="3" t="inlineStr">
         <is>
-          <t>Інженерія енергогенеруючого обладнання та системи термостабілізації</t>
+          <t>Управління енергоефективністю та інжиніринг теплоенергетичних систем</t>
         </is>
       </c>
       <c r="G686" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H686" s="8" t="inlineStr">
         <is>
-          <t>- 14125</t>
+          <t>- 15062</t>
         </is>
       </c>
       <c r="I686" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J686" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K686" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="687">
       <c r="A687" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B687" s="8" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C687" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
-[...2 lines deleted...]
-      <c r="D687" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D687" s="3" t="inlineStr">
+        <is>
+          <t>Теплоенергетика</t>
+        </is>
+      </c>
       <c r="E687" s="6" t="n">
-        <v>83597</v>
+        <v>86860</v>
       </c>
       <c r="F687" s="3" t="inlineStr">
         <is>
-          <t>Акустичні електронні системи та технології обробки акустичної інформації</t>
+          <t>Інженерія енергогенеруючого обладнання та системи термостабілізації</t>
         </is>
       </c>
       <c r="G687" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H687" s="8" t="inlineStr">
         <is>
-          <t>- 14530</t>
+          <t>- 14125</t>
         </is>
       </c>
       <c r="I687" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J687" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K687" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="688">
       <c r="A688" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B688" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C688" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D688" s="3"/>
       <c r="E688" s="6" t="n">
-        <v>83599</v>
+        <v>83597</v>
       </c>
       <c r="F688" s="3" t="inlineStr">
         <is>
-          <t>Електронні системи мультимедіа та засоби Інтернету речей</t>
+          <t>Акустичні електронні системи та технології обробки акустичної інформації</t>
         </is>
       </c>
       <c r="G688" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H688" s="8" t="inlineStr">
         <is>
-          <t>- 14531</t>
+          <t>- 14530</t>
         </is>
       </c>
       <c r="I688" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J688" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K688" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="689">
       <c r="A689" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B689" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C689" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D689" s="3"/>
       <c r="E689" s="6" t="n">
-        <v>83602</v>
+        <v>83599</v>
       </c>
       <c r="F689" s="3" t="inlineStr">
         <is>
-          <t>Електронні компоненти, пристрої та системи</t>
+          <t>Електронні системи мультимедіа та засоби Інтернету речей</t>
         </is>
       </c>
       <c r="G689" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H689" s="8" t="inlineStr">
         <is>
-          <t>- 15063</t>
+          <t>- 14531</t>
         </is>
       </c>
       <c r="I689" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J689" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K689" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="690">
       <c r="A690" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B690" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C690" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D690" s="3"/>
       <c r="E690" s="6" t="n">
-        <v>83603</v>
+        <v>83602</v>
       </c>
       <c r="F690" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Електронні компоненти, пристрої та системи</t>
         </is>
       </c>
       <c r="G690" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H690" s="8" t="inlineStr">
         <is>
-          <t>- 15064</t>
+          <t>- 15063</t>
         </is>
       </c>
       <c r="I690" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J690" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K690" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="691">
       <c r="A691" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B691" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C691" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D691" s="3"/>
       <c r="E691" s="6" t="n">
-        <v>83606</v>
+        <v>83603</v>
       </c>
       <c r="F691" s="3" t="inlineStr">
         <is>
-          <t>Спеціальні системи електронних комунікацій</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="G691" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H691" s="8" t="inlineStr">
         <is>
-          <t>- 15065</t>
+          <t>- 15064</t>
         </is>
       </c>
       <c r="I691" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J691" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K691" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="692">
       <c r="A692" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B692" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C692" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D692" s="3"/>
       <c r="E692" s="6" t="n">
-        <v>83609</v>
+        <v>83606</v>
       </c>
       <c r="F692" s="3" t="inlineStr">
         <is>
-          <t>Системи електронних комунікацій та Інтернету речей</t>
+          <t>Спеціальні системи електронних комунікацій</t>
         </is>
       </c>
       <c r="G692" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H692" s="8" t="inlineStr">
         <is>
-          <t>- 15066</t>
+          <t>- 15065</t>
         </is>
       </c>
       <c r="I692" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J692" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K692" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="693">
       <c r="A693" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B693" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C693" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D693" s="3"/>
       <c r="E693" s="6" t="n">
-        <v>83611</v>
+        <v>83609</v>
       </c>
       <c r="F693" s="3" t="inlineStr">
         <is>
-          <t>Інженерія та програмування інфокомунікацій</t>
+          <t>Системи електронних комунікацій та Інтернету речей</t>
         </is>
       </c>
       <c r="G693" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H693" s="8" t="inlineStr">
         <is>
-          <t>- 15067</t>
+          <t>- 15066</t>
         </is>
       </c>
       <c r="I693" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J693" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K693" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="694">
       <c r="A694" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B694" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C694" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D694" s="3"/>
       <c r="E694" s="6" t="n">
-        <v>83613</v>
+        <v>83611</v>
       </c>
       <c r="F694" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-комунікаційні технології</t>
+          <t>Інженерія та програмування інфокомунікацій</t>
         </is>
       </c>
       <c r="G694" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H694" s="8" t="inlineStr">
         <is>
-          <t>- 15068</t>
+          <t>- 15067</t>
         </is>
       </c>
       <c r="I694" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J694" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K694" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="695">
       <c r="A695" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B695" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C695" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D695" s="3"/>
       <c r="E695" s="6" t="n">
-        <v>83614</v>
+        <v>83613</v>
       </c>
       <c r="F695" s="3" t="inlineStr">
         <is>
-          <t>Інженерія інноваційних інформаційно-телекомунікаційних технологій та систем</t>
+          <t>Інформаційно-комунікаційні технології</t>
         </is>
       </c>
       <c r="G695" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H695" s="8" t="inlineStr">
         <is>
-          <t>- 15069</t>
+          <t>- 15068</t>
         </is>
       </c>
       <c r="I695" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J695" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K695" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="696">
       <c r="A696" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B696" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C696" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D696" s="3"/>
       <c r="E696" s="6" t="n">
-        <v>83617</v>
+        <v>83614</v>
       </c>
       <c r="F696" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні технології радіоелектронної техніки</t>
+          <t>Інженерія інноваційних інформаційно-телекомунікаційних технологій та систем</t>
         </is>
       </c>
       <c r="G696" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H696" s="8" t="inlineStr">
         <is>
-          <t>- 15070</t>
+          <t>- 15069</t>
         </is>
       </c>
       <c r="I696" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J696" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K696" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="697">
       <c r="A697" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B697" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C697" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D697" s="3"/>
       <c r="E697" s="6" t="n">
-        <v>83619</v>
+        <v>83617</v>
       </c>
       <c r="F697" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна та комунікаційна радіоінженерія</t>
+          <t>Інтелектуальні технології радіоелектронної техніки</t>
         </is>
       </c>
       <c r="G697" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H697" s="8" t="inlineStr">
         <is>
-          <t>- 14532</t>
+          <t>- 15070</t>
         </is>
       </c>
       <c r="I697" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J697" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K697" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="698">
       <c r="A698" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B698" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C698" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D698" s="3"/>
       <c r="E698" s="6" t="n">
-        <v>83621</v>
+        <v>83619</v>
       </c>
       <c r="F698" s="3" t="inlineStr">
         <is>
-          <t>Радіотехнічні комп'ютеризовані системи</t>
+          <t>Інформаційна та комунікаційна радіоінженерія</t>
         </is>
       </c>
       <c r="G698" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H698" s="8" t="inlineStr">
         <is>
-          <t>- 15071</t>
+          <t>- 14532</t>
         </is>
       </c>
       <c r="I698" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J698" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K698" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="699">
       <c r="A699" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B699" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C699" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D699" s="3"/>
       <c r="E699" s="6" t="n">
-        <v>83623</v>
+        <v>83621</v>
       </c>
       <c r="F699" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
+          <t>Радіотехнічні комп'ютеризовані системи</t>
         </is>
       </c>
       <c r="G699" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H699" s="8" t="inlineStr">
         <is>
-          <t>- 15072</t>
+          <t>- 15071</t>
         </is>
       </c>
       <c r="I699" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J699" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K699" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="700">
       <c r="A700" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B700" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C700" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D700" s="3"/>
       <c r="E700" s="6" t="n">
-        <v>83624</v>
+        <v>83623</v>
       </c>
       <c r="F700" s="3" t="inlineStr">
         <is>
-          <t>Радіоелектронна інженерія</t>
+          <t>Інформаційно-обчислювальні засоби радіоелектронних систем</t>
         </is>
       </c>
       <c r="G700" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H700" s="8" t="inlineStr">
         <is>
-          <t>- 15073</t>
+          <t>- 15072</t>
         </is>
       </c>
       <c r="I700" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J700" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K700" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="701">
       <c r="A701" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B701" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C701" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D701" s="3"/>
       <c r="E701" s="6" t="n">
-        <v>83627</v>
+        <v>83624</v>
       </c>
       <c r="F701" s="3" t="inlineStr">
         <is>
-          <t>Електронні мікро- і наносистеми та технології</t>
+          <t>Радіоелектронна інженерія</t>
         </is>
       </c>
       <c r="G701" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H701" s="8" t="inlineStr">
         <is>
-          <t>- 14533</t>
+          <t>- 15073</t>
         </is>
       </c>
       <c r="I701" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J701" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K701" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="702">
       <c r="A702" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B702" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C702" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D702" s="3"/>
       <c r="E702" s="6" t="n">
-        <v>83629</v>
+        <v>83627</v>
       </c>
       <c r="F702" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наноелектроніка</t>
+          <t>Електронні мікро- і наносистеми та технології</t>
         </is>
       </c>
       <c r="G702" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H702" s="8" t="inlineStr">
         <is>
-          <t>- 15074</t>
+          <t>- 14533</t>
         </is>
       </c>
       <c r="I702" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J702" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K702" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="703">
       <c r="A703" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B703" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C703" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D703" s="3"/>
       <c r="E703" s="6" t="n">
-        <v>83630</v>
+        <v>83629</v>
       </c>
       <c r="F703" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Мікро- та наноелектроніка</t>
         </is>
       </c>
       <c r="G703" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H703" s="8" t="inlineStr">
         <is>
-          <t>- 15075</t>
+          <t>- 15074</t>
         </is>
       </c>
       <c r="I703" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J703" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K703" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="704">
       <c r="A704" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B704" s="8" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C704" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D704" s="3"/>
       <c r="E704" s="6" t="n">
-        <v>83633</v>
+        <v>83630</v>
       </c>
       <c r="F704" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні вимірювальні технології</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="G704" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H704" s="8" t="inlineStr">
         <is>
-          <t>- 15076</t>
+          <t>- 15075</t>
         </is>
       </c>
       <c r="I704" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J704" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K704" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="705">
       <c r="A705" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B705" s="8" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C705" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D705" s="3"/>
       <c r="E705" s="6" t="n">
-        <v>83636</v>
+        <v>83633</v>
       </c>
       <c r="F705" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
+          <t>Інформаційні вимірювальні технології</t>
         </is>
       </c>
       <c r="G705" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H705" s="8" t="inlineStr">
         <is>
-          <t>- 15077</t>
+          <t>- 15076</t>
         </is>
       </c>
       <c r="I705" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J705" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K705" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="706">
       <c r="A706" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B706" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C706" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D706" s="3"/>
       <c r="E706" s="6" t="n">
-        <v>83638</v>
+        <v>83636</v>
       </c>
       <c r="F706" s="3" t="inlineStr">
         <is>
-          <t>Технічні та програмні засоби автоматизації</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології кібер-енергетичних систем</t>
         </is>
       </c>
       <c r="G706" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H706" s="8" t="inlineStr">
         <is>
-          <t>- 15079</t>
+          <t>- 15077</t>
         </is>
       </c>
       <c r="I706" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J706" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K706" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="707">
       <c r="A707" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B707" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C707" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D707" s="3"/>
       <c r="E707" s="6" t="n">
-        <v>83639</v>
+        <v>83638</v>
       </c>
       <c r="F707" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
+          <t>Технічні та програмні засоби автоматизації</t>
         </is>
       </c>
       <c r="G707" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H707" s="8" t="inlineStr">
         <is>
-          <t>- 15080</t>
+          <t>- 15079</t>
         </is>
       </c>
       <c r="I707" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J707" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K707" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="708">
       <c r="A708" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B708" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C708" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D708" s="3"/>
       <c r="E708" s="6" t="n">
-        <v>85590</v>
+        <v>83639</v>
       </c>
       <c r="F708" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технології та робототехніка</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G708" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H708" s="8" t="inlineStr">
         <is>
-          <t>- 15078</t>
+          <t>- 15080</t>
         </is>
       </c>
       <c r="I708" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J708" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K708" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="709">
       <c r="A709" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B709" s="8" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C709" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D709" s="3"/>
       <c r="E709" s="6" t="n">
-        <v>83641</v>
+        <v>85590</v>
       </c>
       <c r="F709" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Комп'ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="G709" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H709" s="8" t="inlineStr">
         <is>
-          <t>- 15082</t>
+          <t>- 15078</t>
         </is>
       </c>
       <c r="I709" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J709" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K709" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="710">
       <c r="A710" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B710" s="8" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C710" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D710" s="3"/>
       <c r="E710" s="6" t="n">
-        <v>83708</v>
+        <v>83641</v>
       </c>
       <c r="F710" s="3" t="inlineStr">
         <is>
-          <t>Інженерія порошкових та композиційних матеріалів</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G710" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H710" s="8" t="inlineStr">
         <is>
-          <t>- 15081</t>
+          <t>- 15082</t>
         </is>
       </c>
       <c r="I710" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J710" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K710" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="711">
       <c r="A711" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B711" s="8" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C711" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D711" s="3"/>
       <c r="E711" s="6" t="n">
-        <v>85584</v>
+        <v>83708</v>
       </c>
       <c r="F711" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг та комп'ютерне моделювання в матеріалознавстві</t>
+          <t>Інженерія порошкових та композиційних матеріалів</t>
         </is>
       </c>
       <c r="G711" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H711" s="8" t="inlineStr">
         <is>
-          <t>- 14534</t>
+          <t>- 15081</t>
         </is>
       </c>
       <c r="I711" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J711" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K711" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="712">
       <c r="A712" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B712" s="8" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C712" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D712" s="3"/>
       <c r="E712" s="6" t="n">
-        <v>83644</v>
+        <v>85584</v>
       </c>
       <c r="F712" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг паковань та пакувального обладнання</t>
+          <t>Інжиніринг та комп'ютерне моделювання в матеріалознавстві</t>
         </is>
       </c>
       <c r="G712" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H712" s="8" t="inlineStr">
         <is>
-          <t>- 15083</t>
+          <t>- 14534</t>
         </is>
       </c>
       <c r="I712" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J712" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K712" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="713">
       <c r="A713" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B713" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C713" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D713" s="3"/>
       <c r="E713" s="6" t="n">
-        <v>83646</v>
+        <v>83644</v>
       </c>
       <c r="F713" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг зварювання, лазерних та споріднених технологій</t>
+          <t>Інжиніринг паковань та пакувального обладнання</t>
         </is>
       </c>
       <c r="G713" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H713" s="8" t="inlineStr">
         <is>
-          <t>- 15084</t>
+          <t>- 15083</t>
         </is>
       </c>
       <c r="I713" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J713" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K713" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="714">
       <c r="A714" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B714" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C714" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D714" s="3"/>
       <c r="E714" s="6" t="n">
-        <v>83648</v>
+        <v>83646</v>
       </c>
       <c r="F714" s="3" t="inlineStr">
         <is>
-          <t>Автоматизовані та роботизовані механічні системи</t>
+          <t>Інжиніринг зварювання, лазерних та споріднених технологій</t>
         </is>
       </c>
       <c r="G714" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H714" s="8" t="inlineStr">
         <is>
-          <t>- 15085</t>
+          <t>- 15084</t>
         </is>
       </c>
       <c r="I714" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J714" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K714" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="715">
       <c r="A715" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B715" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C715" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D715" s="3"/>
       <c r="E715" s="6" t="n">
-        <v>83650</v>
+        <v>83648</v>
       </c>
       <c r="F715" s="3" t="inlineStr">
         <is>
-          <t>Динаміка і міцність машин</t>
+          <t>Автоматизовані та роботизовані механічні системи</t>
         </is>
       </c>
       <c r="G715" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H715" s="8" t="inlineStr">
         <is>
-          <t>- 15086</t>
+          <t>- 15085</t>
         </is>
       </c>
       <c r="I715" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J715" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K715" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="716">
       <c r="A716" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B716" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C716" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D716" s="3"/>
       <c r="E716" s="6" t="n">
-        <v>83652</v>
+        <v>83650</v>
       </c>
       <c r="F716" s="3" t="inlineStr">
         <is>
-          <t>Конструювання машин</t>
+          <t>Динаміка і міцність машин</t>
         </is>
       </c>
       <c r="G716" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H716" s="8" t="inlineStr">
         <is>
-          <t>- 15087</t>
+          <t>- 15086</t>
         </is>
       </c>
       <c r="I716" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J716" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K716" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="717">
       <c r="A717" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B717" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C717" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D717" s="3"/>
       <c r="E717" s="6" t="n">
-        <v>83654</v>
+        <v>83652</v>
       </c>
       <c r="F717" s="3" t="inlineStr">
         <is>
-          <t>Технології виробництва літальних апаратів</t>
+          <t>Конструювання машин</t>
         </is>
       </c>
       <c r="G717" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H717" s="8" t="inlineStr">
         <is>
-          <t>- 15088</t>
+          <t>- 15087</t>
         </is>
       </c>
       <c r="I717" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J717" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K717" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="718">
       <c r="A718" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B718" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C718" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D718" s="3"/>
       <c r="E718" s="6" t="n">
-        <v>83656</v>
+        <v>83654</v>
       </c>
       <c r="F718" s="3" t="inlineStr">
         <is>
-          <t>Технології машинобудування</t>
+          <t>Технології виробництва літальних апаратів</t>
         </is>
       </c>
       <c r="G718" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H718" s="8" t="inlineStr">
         <is>
-          <t>- 15089</t>
+          <t>- 15088</t>
         </is>
       </c>
       <c r="I718" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J718" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K718" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="719">
       <c r="A719" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B719" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C719" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D719" s="3"/>
       <c r="E719" s="6" t="n">
-        <v>83657</v>
+        <v>83656</v>
       </c>
       <c r="F719" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Технології машинобудування</t>
         </is>
       </c>
       <c r="G719" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H719" s="8" t="inlineStr">
         <is>
-          <t>- 15090</t>
+          <t>- 15089</t>
         </is>
       </c>
       <c r="I719" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J719" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K719" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="720">
       <c r="A720" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B720" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C720" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D720" s="3"/>
       <c r="E720" s="6" t="n">
-        <v>83709</v>
+        <v>83657</v>
       </c>
       <c r="F720" s="3" t="inlineStr">
         <is>
-          <t>Інженерія роботів і дронів</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="G720" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H720" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I720" s="9"/>
+          <t>- 15090</t>
+        </is>
+      </c>
+      <c r="I720" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J720" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K720" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="721">
       <c r="A721" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B721" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C721" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D721" s="3"/>
       <c r="E721" s="6" t="n">
-        <v>83703</v>
+        <v>83709</v>
       </c>
       <c r="F721" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні соціальні проєкти та волонтерська діяльність</t>
+          <t>Інженерія роботів і дронів</t>
         </is>
       </c>
       <c r="G721" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H721" s="8" t="inlineStr">
         <is>
-          <t>- 14539</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I721" s="9"/>
       <c r="J721" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K721" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="722">
       <c r="A722" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B722" s="8" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C722" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D722" s="3"/>
       <c r="E722" s="6" t="n">
-        <v>78707</v>
+        <v>83703</v>
       </c>
       <c r="F722" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Міжнародні соціальні проєкти та волонтерська діяльність</t>
         </is>
       </c>
       <c r="G722" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H722" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I722" s="9"/>
+          <t>- 14539</t>
+        </is>
+      </c>
+      <c r="I722" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J722" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K722" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="723">
       <c r="A723" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B723" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C723" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D723" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D723" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E723" s="6" t="n">
-        <v>57466</v>
+        <v>78707</v>
       </c>
       <c r="F723" s="3" t="inlineStr">
         <is>
-          <t>Сучасні науково-педагогічні студії</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G723" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H723" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I723" s="9"/>
       <c r="J723" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K723" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="724">
       <c r="A724" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B724" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C724" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D724" s="3"/>
       <c r="E724" s="6" t="n">
-        <v>46331</v>
+        <v>57466</v>
       </c>
       <c r="F724" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
-[...2 lines deleted...]
-      <c r="G724" s="3"/>
+          <t>Сучасні науково-педагогічні студії</t>
+        </is>
+      </c>
+      <c r="G724" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H724" s="8" t="inlineStr">
         <is>
-          <t>- 5423</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I724" s="9"/>
       <c r="J724" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K724" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="725">
       <c r="A725" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B725" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C725" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D725" s="3"/>
       <c r="E725" s="6" t="n">
-        <v>46332</v>
+        <v>46331</v>
       </c>
       <c r="F725" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="G725" s="3"/>
       <c r="H725" s="8" t="inlineStr">
         <is>
-          <t>- 5615</t>
+          <t>- 5423</t>
         </is>
       </c>
       <c r="I725" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J725" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K725" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="726">
       <c r="A726" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B726" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C726" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D726" s="3"/>
       <c r="E726" s="6" t="n">
-        <v>46333</v>
+        <v>46332</v>
       </c>
       <c r="F726" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G726" s="3"/>
       <c r="H726" s="8" t="inlineStr">
         <is>
-          <t>- 5621</t>
+          <t>- 5615</t>
         </is>
       </c>
       <c r="I726" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J726" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K726" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="727">
       <c r="A727" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B727" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C727" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D727" s="3"/>
       <c r="E727" s="6" t="n">
-        <v>46334</v>
+        <v>46333</v>
       </c>
       <c r="F727" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G727" s="3"/>
       <c r="H727" s="8" t="inlineStr">
         <is>
-          <t>- 5431</t>
+          <t>- 5621</t>
         </is>
       </c>
       <c r="I727" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J727" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K727" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="728">
       <c r="A728" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B728" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C728" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D728" s="3"/>
       <c r="E728" s="6" t="n">
-        <v>46370</v>
+        <v>46334</v>
       </c>
       <c r="F728" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G728" s="3"/>
       <c r="H728" s="8" t="inlineStr">
         <is>
-          <t>- 4998</t>
+          <t>- 5431</t>
         </is>
       </c>
       <c r="I728" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J728" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K728" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="729">
       <c r="A729" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B729" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C729" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D729" s="3"/>
       <c r="E729" s="6" t="n">
-        <v>46371</v>
+        <v>46370</v>
       </c>
       <c r="F729" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G729" s="3"/>
       <c r="H729" s="8" t="inlineStr">
         <is>
-          <t>- 13759</t>
+          <t>- 4998</t>
         </is>
       </c>
       <c r="I729" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J729" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K729" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="730">
       <c r="A730" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B730" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C730" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D730" s="3"/>
       <c r="E730" s="6" t="n">
-        <v>46335</v>
+        <v>46371</v>
       </c>
       <c r="F730" s="3" t="inlineStr">
         <is>
-          <t>Соціальні комунікації, журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G730" s="3"/>
       <c r="H730" s="8" t="inlineStr">
         <is>
-          <t>- 5425</t>
+          <t>- 13759</t>
         </is>
       </c>
       <c r="I730" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J730" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K730" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="731">
       <c r="A731" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B731" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C731" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D731" s="3"/>
       <c r="E731" s="6" t="n">
-        <v>46336</v>
+        <v>46335</v>
       </c>
       <c r="F731" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Соціальні комунікації, журналістика</t>
         </is>
       </c>
       <c r="G731" s="3"/>
       <c r="H731" s="8" t="inlineStr">
         <is>
-          <t>- 5195</t>
+          <t>- 5425</t>
         </is>
       </c>
       <c r="I731" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J731" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K731" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="732">
       <c r="A732" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B732" s="8" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C732" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D732" s="3"/>
       <c r="E732" s="6" t="n">
-        <v>46337</v>
+        <v>46336</v>
       </c>
       <c r="F732" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G732" s="3"/>
       <c r="H732" s="8" t="inlineStr">
         <is>
-          <t>- 5421</t>
+          <t>- 5195</t>
         </is>
       </c>
       <c r="I732" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J732" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K732" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="733">
       <c r="A733" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B733" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C733" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D733" s="3"/>
       <c r="E733" s="6" t="n">
-        <v>46338</v>
+        <v>46337</v>
       </c>
       <c r="F733" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G733" s="3"/>
       <c r="H733" s="8" t="inlineStr">
         <is>
-          <t>- 5029</t>
+          <t>- 5421</t>
         </is>
       </c>
       <c r="I733" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J733" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K733" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="734">
       <c r="A734" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B734" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C734" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D734" s="3"/>
       <c r="E734" s="6" t="n">
-        <v>46339</v>
+        <v>46338</v>
       </c>
       <c r="F734" s="3" t="inlineStr">
         <is>
-          <t>Прикладна біологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G734" s="3"/>
       <c r="H734" s="8" t="inlineStr">
         <is>
-          <t>- 5320</t>
+          <t>- 5029</t>
         </is>
       </c>
       <c r="I734" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J734" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K734" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="735">
       <c r="A735" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B735" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C735" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D735" s="3"/>
       <c r="E735" s="6" t="n">
-        <v>57872</v>
+        <v>46339</v>
       </c>
       <c r="F735" s="3" t="inlineStr">
         <is>
           <t>Прикладна біологія</t>
         </is>
       </c>
-      <c r="G735" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G735" s="3"/>
       <c r="H735" s="8" t="inlineStr">
         <is>
           <t>- 5320</t>
         </is>
       </c>
       <c r="I735" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J735" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K735" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="736">
       <c r="A736" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B736" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C736" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D736" s="3"/>
       <c r="E736" s="6" t="n">
-        <v>46340</v>
+        <v>57872</v>
       </c>
       <c r="F736" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
-[...2 lines deleted...]
-      <c r="G736" s="3"/>
+          <t>Прикладна біологія</t>
+        </is>
+      </c>
+      <c r="G736" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H736" s="8" t="inlineStr">
         <is>
-          <t>- 5432</t>
+          <t>- 5320</t>
         </is>
       </c>
       <c r="I736" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J736" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K736" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="737">
       <c r="A737" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B737" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C737" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D737" s="3"/>
       <c r="E737" s="6" t="n">
-        <v>46341</v>
+        <v>46340</v>
       </c>
       <c r="F737" s="3" t="inlineStr">
         <is>
-          <t>Фізика</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G737" s="3"/>
       <c r="H737" s="8" t="inlineStr">
         <is>
-          <t>- 5422</t>
+          <t>- 5432</t>
         </is>
       </c>
       <c r="I737" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J737" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K737" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="738">
       <c r="A738" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B738" s="8" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C738" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D738" s="3"/>
       <c r="E738" s="6" t="n">
-        <v>28503</v>
+        <v>46341</v>
       </c>
       <c r="F738" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика</t>
+          <t>Фізика</t>
         </is>
       </c>
       <c r="G738" s="3"/>
       <c r="H738" s="8" t="inlineStr">
         <is>
-          <t>- 5433</t>
+          <t>- 5422</t>
         </is>
       </c>
       <c r="I738" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J738" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K738" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="739">
       <c r="A739" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B739" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C739" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D739" s="3"/>
       <c r="E739" s="6" t="n">
-        <v>46342</v>
+        <v>28503</v>
       </c>
       <c r="F739" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна фізика</t>
         </is>
       </c>
       <c r="G739" s="3"/>
       <c r="H739" s="8" t="inlineStr">
         <is>
-          <t>- 5434</t>
+          <t>- 5433</t>
         </is>
       </c>
       <c r="I739" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J739" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K739" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="740">
       <c r="A740" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B740" s="8" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C740" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D740" s="3"/>
       <c r="E740" s="6" t="n">
-        <v>46343</v>
+        <v>46342</v>
       </c>
       <c r="F740" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G740" s="3"/>
       <c r="H740" s="8" t="inlineStr">
         <is>
-          <t>- 5648</t>
+          <t>- 5434</t>
         </is>
       </c>
       <c r="I740" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J740" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K740" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="741">
       <c r="A741" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B741" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C741" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D741" s="3"/>
       <c r="E741" s="6" t="n">
-        <v>46344</v>
+        <v>46343</v>
       </c>
       <c r="F741" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G741" s="3"/>
       <c r="H741" s="8" t="inlineStr">
         <is>
-          <t>- 5436</t>
+          <t>- 5648</t>
         </is>
       </c>
       <c r="I741" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J741" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K741" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="742">
       <c r="A742" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B742" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C742" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D742" s="3"/>
       <c r="E742" s="6" t="n">
-        <v>46345</v>
+        <v>46344</v>
       </c>
       <c r="F742" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G742" s="3"/>
       <c r="H742" s="8" t="inlineStr">
         <is>
-          <t>- 5428</t>
+          <t>- 5436</t>
         </is>
       </c>
       <c r="I742" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J742" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K742" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="743">
       <c r="A743" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B743" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C743" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D743" s="3"/>
       <c r="E743" s="6" t="n">
-        <v>48441</v>
+        <v>46345</v>
       </c>
       <c r="F743" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G743" s="3"/>
       <c r="H743" s="8" t="inlineStr">
         <is>
-          <t>- 7187</t>
+          <t>- 5428</t>
         </is>
       </c>
       <c r="I743" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J743" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K743" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="744">
       <c r="A744" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B744" s="8" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C744" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D744" s="3"/>
       <c r="E744" s="6" t="n">
-        <v>46346</v>
+        <v>48441</v>
       </c>
       <c r="F744" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
         </is>
       </c>
       <c r="G744" s="3"/>
       <c r="H744" s="8" t="inlineStr">
         <is>
-          <t>- 5435</t>
+          <t>- 7187</t>
         </is>
       </c>
       <c r="I744" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J744" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K744" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="745">
       <c r="A745" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B745" s="8" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C745" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D745" s="3"/>
       <c r="E745" s="6" t="n">
-        <v>46347</v>
+        <v>46346</v>
       </c>
       <c r="F745" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G745" s="3"/>
       <c r="H745" s="8" t="inlineStr">
         <is>
-          <t>- 5237</t>
+          <t>- 5435</t>
         </is>
       </c>
       <c r="I745" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J745" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K745" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="746">
       <c r="A746" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B746" s="8" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C746" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D746" s="3"/>
       <c r="E746" s="6" t="n">
-        <v>46348</v>
+        <v>46347</v>
       </c>
       <c r="F746" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="G746" s="3"/>
       <c r="H746" s="8" t="inlineStr">
         <is>
-          <t>- 5321</t>
+          <t>- 5237</t>
         </is>
       </c>
       <c r="I746" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J746" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K746" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="747">
       <c r="A747" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B747" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C747" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D747" s="3"/>
       <c r="E747" s="6" t="n">
-        <v>48442</v>
+        <v>46348</v>
       </c>
       <c r="F747" s="3" t="inlineStr">
         <is>
-          <t>Безпека державних інформаційних ресурсів</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G747" s="3"/>
       <c r="H747" s="8" t="inlineStr">
         <is>
-          <t>- 5379</t>
+          <t>- 5321</t>
         </is>
       </c>
       <c r="I747" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J747" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K747" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="748">
       <c r="A748" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B748" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C748" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D748" s="3"/>
       <c r="E748" s="6" t="n">
-        <v>57883</v>
+        <v>48442</v>
       </c>
       <c r="F748" s="3" t="inlineStr">
         <is>
           <t>Безпека державних інформаційних ресурсів</t>
         </is>
       </c>
-      <c r="G748" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G748" s="3"/>
       <c r="H748" s="8" t="inlineStr">
         <is>
           <t>- 5379</t>
         </is>
       </c>
       <c r="I748" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J748" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K748" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="749">
       <c r="A749" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B749" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C749" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D749" s="3"/>
       <c r="E749" s="6" t="n">
-        <v>57884</v>
+        <v>57883</v>
       </c>
       <c r="F749" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Безпека державних інформаційних ресурсів</t>
         </is>
       </c>
       <c r="G749" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H749" s="8" t="inlineStr">
         <is>
-          <t>- 5321</t>
+          <t>- 5379</t>
         </is>
       </c>
       <c r="I749" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J749" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K749" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="750">
       <c r="A750" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B750" s="8" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C750" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D750" s="3"/>
       <c r="E750" s="6" t="n">
-        <v>46349</v>
+        <v>57884</v>
       </c>
       <c r="F750" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
-[...2 lines deleted...]
-      <c r="G750" s="3"/>
+          <t>Кібербезпека</t>
+        </is>
+      </c>
+      <c r="G750" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H750" s="8" t="inlineStr">
         <is>
-          <t>- 9350</t>
+          <t>- 5321</t>
         </is>
       </c>
       <c r="I750" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J750" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K750" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="751">
       <c r="A751" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B751" s="8" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C751" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D751" s="3"/>
       <c r="E751" s="6" t="n">
-        <v>46350</v>
+        <v>46349</v>
       </c>
       <c r="F751" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G751" s="3"/>
       <c r="H751" s="8" t="inlineStr">
         <is>
-          <t>- 5438</t>
+          <t>- 9350</t>
         </is>
       </c>
       <c r="I751" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J751" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K751" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="752">
       <c r="A752" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B752" s="8" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C752" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D752" s="3"/>
       <c r="E752" s="6" t="n">
-        <v>46351</v>
+        <v>46350</v>
       </c>
       <c r="F752" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="G752" s="3"/>
       <c r="H752" s="8" t="inlineStr">
         <is>
-          <t>- 5437</t>
+          <t>- 5438</t>
         </is>
       </c>
       <c r="I752" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J752" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K752" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="753">
       <c r="A753" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B753" s="8" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C753" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D753" s="3"/>
       <c r="E753" s="6" t="n">
-        <v>46352</v>
+        <v>46351</v>
       </c>
       <c r="F753" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G753" s="3"/>
       <c r="H753" s="8" t="inlineStr">
         <is>
-          <t>- 5429</t>
+          <t>- 5437</t>
         </is>
       </c>
       <c r="I753" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J753" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K753" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="754">
       <c r="A754" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B754" s="8" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C754" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D754" s="3"/>
       <c r="E754" s="6" t="n">
-        <v>46353</v>
+        <v>46352</v>
       </c>
       <c r="F754" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G754" s="3"/>
       <c r="H754" s="8" t="inlineStr">
         <is>
-          <t>- 5048</t>
+          <t>- 5429</t>
         </is>
       </c>
       <c r="I754" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J754" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K754" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="755">
       <c r="A755" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B755" s="8" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C755" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D755" s="3"/>
       <c r="E755" s="6" t="n">
-        <v>46354</v>
+        <v>46353</v>
       </c>
       <c r="F755" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G755" s="3"/>
       <c r="H755" s="8" t="inlineStr">
         <is>
-          <t>- 5047</t>
+          <t>- 5048</t>
         </is>
       </c>
       <c r="I755" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J755" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K755" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="756">
       <c r="A756" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B756" s="8" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C756" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D756" s="3"/>
       <c r="E756" s="6" t="n">
-        <v>46355</v>
+        <v>46354</v>
       </c>
       <c r="F756" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="G756" s="3"/>
       <c r="H756" s="8" t="inlineStr">
         <is>
-          <t>- 5420</t>
+          <t>- 5047</t>
         </is>
       </c>
       <c r="I756" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J756" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K756" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="757">
       <c r="A757" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B757" s="8" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C757" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D757" s="3"/>
       <c r="E757" s="6" t="n">
-        <v>46356</v>
+        <v>46355</v>
       </c>
       <c r="F757" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G757" s="3"/>
       <c r="H757" s="8" t="inlineStr">
         <is>
-          <t>- 5064</t>
+          <t>- 5420</t>
         </is>
       </c>
       <c r="I757" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J757" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K757" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="758">
       <c r="A758" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B758" s="8" t="inlineStr">
         <is>
-          <t>143</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C758" s="3" t="inlineStr">
         <is>
-          <t>Атомна енергетика</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D758" s="3"/>
       <c r="E758" s="6" t="n">
-        <v>46357</v>
+        <v>46356</v>
       </c>
       <c r="F758" s="3" t="inlineStr">
         <is>
-          <t>Атомна енергетика</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="G758" s="3"/>
       <c r="H758" s="8" t="inlineStr">
         <is>
-          <t>- 5426</t>
+          <t>- 5064</t>
         </is>
       </c>
       <c r="I758" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J758" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K758" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="759">
       <c r="A759" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B759" s="8" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>143</t>
         </is>
       </c>
       <c r="C759" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="D759" s="3"/>
       <c r="E759" s="6" t="n">
-        <v>46358</v>
+        <v>46357</v>
       </c>
       <c r="F759" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="G759" s="3"/>
       <c r="H759" s="8" t="inlineStr">
         <is>
-          <t>- 5430</t>
+          <t>- 5426</t>
         </is>
       </c>
       <c r="I759" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J759" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K759" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="760">
       <c r="A760" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B760" s="8" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C760" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D760" s="3"/>
       <c r="E760" s="6" t="n">
-        <v>46359</v>
+        <v>46358</v>
       </c>
       <c r="F760" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G760" s="3"/>
       <c r="H760" s="8" t="inlineStr">
         <is>
-          <t>- 5382</t>
+          <t>- 5430</t>
         </is>
       </c>
       <c r="I760" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J760" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K760" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="761">
       <c r="A761" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B761" s="8" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C761" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D761" s="3"/>
       <c r="E761" s="6" t="n">
-        <v>46360</v>
+        <v>46359</v>
       </c>
       <c r="F761" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G761" s="3"/>
       <c r="H761" s="8" t="inlineStr">
         <is>
-          <t>- 5404</t>
+          <t>- 5382</t>
         </is>
       </c>
       <c r="I761" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J761" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K761" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="762">
       <c r="A762" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B762" s="8" t="inlineStr">
         <is>
-          <t>153</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C762" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D762" s="3"/>
       <c r="E762" s="6" t="n">
-        <v>46361</v>
+        <v>46360</v>
       </c>
       <c r="F762" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G762" s="3"/>
       <c r="H762" s="8" t="inlineStr">
         <is>
-          <t>- 5331</t>
+          <t>- 5404</t>
         </is>
       </c>
       <c r="I762" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J762" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K762" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="763">
       <c r="A763" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B763" s="8" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>153</t>
         </is>
       </c>
       <c r="C763" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D763" s="3"/>
       <c r="E763" s="6" t="n">
-        <v>46362</v>
+        <v>46361</v>
       </c>
       <c r="F763" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="G763" s="3"/>
       <c r="H763" s="8" t="inlineStr">
         <is>
-          <t>- 5381</t>
+          <t>- 5331</t>
         </is>
       </c>
       <c r="I763" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J763" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K763" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="764">
       <c r="A764" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B764" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C764" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D764" s="3"/>
       <c r="E764" s="6" t="n">
-        <v>58790</v>
+        <v>46362</v>
       </c>
       <c r="F764" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
-      <c r="G764" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G764" s="3"/>
       <c r="H764" s="8" t="inlineStr">
         <is>
           <t>- 5381</t>
         </is>
       </c>
       <c r="I764" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J764" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K764" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="765">
       <c r="A765" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B765" s="8" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C765" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D765" s="3"/>
       <c r="E765" s="6" t="n">
-        <v>28918</v>
+        <v>58790</v>
       </c>
       <c r="F765" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології</t>
-[...2 lines deleted...]
-      <c r="G765" s="3"/>
+          <t>Хімічні технології та інженерія</t>
+        </is>
+      </c>
+      <c r="G765" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H765" s="8" t="inlineStr">
         <is>
-          <t>- 5330</t>
+          <t>- 5381</t>
         </is>
       </c>
       <c r="I765" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J765" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K765" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="766">
       <c r="A766" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B766" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C766" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D766" s="3"/>
       <c r="E766" s="6" t="n">
-        <v>58794</v>
+        <v>28918</v>
       </c>
       <c r="F766" s="3" t="inlineStr">
         <is>
           <t>Біотехнології</t>
         </is>
       </c>
-      <c r="G766" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G766" s="3"/>
       <c r="H766" s="8" t="inlineStr">
         <is>
           <t>- 5330</t>
         </is>
       </c>
       <c r="I766" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J766" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K766" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="767">
       <c r="A767" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B767" s="8" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>162</t>
         </is>
       </c>
       <c r="C767" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D767" s="3"/>
       <c r="E767" s="6" t="n">
-        <v>46363</v>
+        <v>58794</v>
       </c>
       <c r="F767" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
-[...2 lines deleted...]
-      <c r="G767" s="3"/>
+          <t>Біотехнології</t>
+        </is>
+      </c>
+      <c r="G767" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H767" s="8" t="inlineStr">
         <is>
-          <t>- 5327</t>
+          <t>- 5330</t>
         </is>
       </c>
       <c r="I767" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J767" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K767" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="768">
       <c r="A768" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B768" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C768" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D768" s="3"/>
       <c r="E768" s="6" t="n">
-        <v>58795</v>
+        <v>46363</v>
       </c>
       <c r="F768" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
-      <c r="G768" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G768" s="3"/>
       <c r="H768" s="8" t="inlineStr">
         <is>
           <t>- 5327</t>
         </is>
       </c>
       <c r="I768" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J768" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K768" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="769">
       <c r="A769" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B769" s="8" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>163</t>
         </is>
       </c>
       <c r="C769" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D769" s="3"/>
       <c r="E769" s="6" t="n">
-        <v>46364</v>
+        <v>58795</v>
       </c>
       <c r="F769" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
-[...2 lines deleted...]
-      <c r="G769" s="3"/>
+          <t>Біомедична інженерія</t>
+        </is>
+      </c>
+      <c r="G769" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H769" s="8" t="inlineStr">
         <is>
-          <t>- 5325</t>
+          <t>- 5327</t>
         </is>
       </c>
       <c r="I769" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J769" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K769" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="770">
       <c r="A770" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B770" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C770" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D770" s="3"/>
       <c r="E770" s="6" t="n">
-        <v>58797</v>
+        <v>46364</v>
       </c>
       <c r="F770" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
-      <c r="G770" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G770" s="3"/>
       <c r="H770" s="8" t="inlineStr">
         <is>
           <t>- 5325</t>
         </is>
       </c>
       <c r="I770" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J770" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K770" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="771">
       <c r="A771" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B771" s="8" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C771" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D771" s="3"/>
       <c r="E771" s="6" t="n">
-        <v>46365</v>
+        <v>58797</v>
       </c>
       <c r="F771" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
-[...2 lines deleted...]
-      <c r="G771" s="3"/>
+          <t>Електроніка</t>
+        </is>
+      </c>
+      <c r="G771" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H771" s="8" t="inlineStr">
         <is>
-          <t>- 5324</t>
+          <t>- 5325</t>
         </is>
       </c>
       <c r="I771" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J771" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K771" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="772">
       <c r="A772" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B772" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C772" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D772" s="3"/>
       <c r="E772" s="6" t="n">
-        <v>48443</v>
+        <v>46365</v>
       </c>
       <c r="F772" s="3" t="inlineStr">
         <is>
-          <t>Спеціальні телекомунікаційні системи</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G772" s="3"/>
       <c r="H772" s="8" t="inlineStr">
         <is>
-          <t>- 5589</t>
+          <t>- 5324</t>
         </is>
       </c>
       <c r="I772" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J772" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K772" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="773">
       <c r="A773" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B773" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C773" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D773" s="3"/>
       <c r="E773" s="6" t="n">
-        <v>57926</v>
+        <v>48443</v>
       </c>
       <c r="F773" s="3" t="inlineStr">
         <is>
-          <t>Спеціальні системи електронних комунікацій</t>
-[...6 lines deleted...]
-      </c>
+          <t>Спеціальні телекомунікаційні системи</t>
+        </is>
+      </c>
+      <c r="G773" s="3"/>
       <c r="H773" s="8" t="inlineStr">
         <is>
-          <t>- 9292</t>
+          <t>- 5589</t>
         </is>
       </c>
       <c r="I773" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J773" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K773" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="774">
       <c r="A774" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B774" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C774" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D774" s="3"/>
       <c r="E774" s="6" t="n">
-        <v>57927</v>
+        <v>57926</v>
       </c>
       <c r="F774" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Спеціальні системи електронних комунікацій</t>
         </is>
       </c>
       <c r="G774" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H774" s="8" t="inlineStr">
         <is>
-          <t>- 5324</t>
+          <t>- 9292</t>
         </is>
       </c>
       <c r="I774" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J774" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K774" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="775">
       <c r="A775" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B775" s="8" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C775" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D775" s="3"/>
       <c r="E775" s="6" t="n">
-        <v>31814</v>
+        <v>57927</v>
       </c>
       <c r="F775" s="3" t="inlineStr">
         <is>
-          <t>Системи керування літальними апаратами та комплексами</t>
-[...2 lines deleted...]
-      <c r="G775" s="3"/>
+          <t>Телекомунікації та радіотехніка</t>
+        </is>
+      </c>
+      <c r="G775" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H775" s="8" t="inlineStr">
         <is>
-          <t>- 5326</t>
+          <t>- 5324</t>
         </is>
       </c>
       <c r="I775" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J775" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K775" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="776">
       <c r="A776" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B776" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C776" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D776" s="3"/>
       <c r="E776" s="6" t="n">
-        <v>58799</v>
+        <v>31814</v>
       </c>
       <c r="F776" s="3" t="inlineStr">
         <is>
           <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
-      <c r="G776" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G776" s="3"/>
       <c r="H776" s="8" t="inlineStr">
         <is>
           <t>- 5326</t>
         </is>
       </c>
       <c r="I776" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J776" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K776" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="777">
       <c r="A777" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B777" s="8" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C777" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D777" s="3"/>
       <c r="E777" s="6" t="n">
-        <v>57930</v>
+        <v>58799</v>
       </c>
       <c r="F777" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
+          <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
       <c r="G777" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H777" s="8" t="inlineStr">
         <is>
-          <t>- 5382</t>
+          <t>- 5326</t>
         </is>
       </c>
       <c r="I777" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J777" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K777" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="778">
       <c r="A778" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B778" s="8" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C778" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D778" s="3"/>
       <c r="E778" s="6" t="n">
-        <v>58800</v>
+        <v>57930</v>
       </c>
       <c r="F778" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G778" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H778" s="8" t="inlineStr">
         <is>
-          <t>- 5404</t>
+          <t>- 5382</t>
         </is>
       </c>
       <c r="I778" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J778" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K778" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="779">
       <c r="A779" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B779" s="8" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C779" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D779" s="3"/>
       <c r="E779" s="6" t="n">
-        <v>58801</v>
+        <v>58800</v>
       </c>
       <c r="F779" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G779" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H779" s="8" t="inlineStr">
         <is>
-          <t>- 5331</t>
+          <t>- 5404</t>
         </is>
       </c>
       <c r="I779" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J779" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K779" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="780">
       <c r="A780" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B780" s="8" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C780" s="3" t="inlineStr">
         <is>
-          <t>Гірництво</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D780" s="3"/>
       <c r="E780" s="6" t="n">
-        <v>28915</v>
+        <v>58801</v>
       </c>
       <c r="F780" s="3" t="inlineStr">
         <is>
-          <t>Геоінженерія</t>
-[...2 lines deleted...]
-      <c r="G780" s="3"/>
+          <t>Мікро- та наносистемна техніка</t>
+        </is>
+      </c>
+      <c r="G780" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H780" s="8" t="inlineStr">
         <is>
-          <t>- 5427</t>
+          <t>- 5331</t>
         </is>
       </c>
       <c r="I780" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J780" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K780" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="781">
       <c r="A781" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B781" s="8" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>184</t>
         </is>
       </c>
       <c r="C781" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Гірництво</t>
         </is>
       </c>
       <c r="D781" s="3"/>
       <c r="E781" s="6" t="n">
-        <v>46366</v>
+        <v>28915</v>
       </c>
       <c r="F781" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Геоінженерія</t>
         </is>
       </c>
       <c r="G781" s="3"/>
       <c r="H781" s="8" t="inlineStr">
         <is>
-          <t>- 5424</t>
+          <t>- 5427</t>
         </is>
       </c>
       <c r="I781" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J781" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K781" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="782">
       <c r="A782" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B782" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>186</t>
         </is>
       </c>
       <c r="C782" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D782" s="3"/>
       <c r="E782" s="6" t="n">
-        <v>46367</v>
+        <v>46366</v>
       </c>
       <c r="F782" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="G782" s="3"/>
       <c r="H782" s="8" t="inlineStr">
         <is>
-          <t>- 9856</t>
+          <t>- 5424</t>
         </is>
       </c>
       <c r="I782" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J782" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K782" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="783">
       <c r="A783" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B783" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C783" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D783" s="3"/>
       <c r="E783" s="6" t="n">
-        <v>57944</v>
+        <v>46367</v>
       </c>
       <c r="F783" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
-      <c r="G783" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G783" s="3"/>
       <c r="H783" s="8" t="inlineStr">
         <is>
-          <t>- 10008</t>
+          <t>- 9856</t>
         </is>
       </c>
       <c r="I783" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J783" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K783" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="784">
       <c r="A784" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B784" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C784" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D784" s="3"/>
       <c r="E784" s="6" t="n">
-        <v>53276</v>
+        <v>57944</v>
       </c>
       <c r="F784" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
-[...2 lines deleted...]
-      <c r="G784" s="3"/>
+          <t>Фізична терапія, ерготерапія</t>
+        </is>
+      </c>
+      <c r="G784" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H784" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I784" s="9"/>
+          <t>- 10008</t>
+        </is>
+      </c>
+      <c r="I784" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J784" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K784" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="785">
       <c r="A785" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B785" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C785" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D785" s="3"/>
       <c r="E785" s="6" t="n">
-        <v>46368</v>
+        <v>53276</v>
       </c>
       <c r="F785" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G785" s="3"/>
       <c r="H785" s="8" t="inlineStr">
         <is>
-          <t>- 9883</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I785" s="9"/>
       <c r="J785" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K785" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="786">
       <c r="A786" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B786" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C786" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D786" s="3"/>
       <c r="E786" s="6" t="n">
-        <v>81743</v>
+        <v>46368</v>
       </c>
       <c r="F786" s="3" t="inlineStr">
         <is>
-          <t>Сучасні науково-педагогічні студії</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="G786" s="3"/>
       <c r="H786" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I786" s="9"/>
+          <t>- 9883</t>
+        </is>
+      </c>
+      <c r="I786" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J786" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K786" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="787">
       <c r="A787" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B787" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C787" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D787" s="3"/>
       <c r="E787" s="6" t="n">
-        <v>81754</v>
+        <v>81743</v>
       </c>
       <c r="F787" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
-[...2 lines deleted...]
-      <c r="G787" s="3"/>
+          <t>Сучасні науково-педагогічні студії</t>
+        </is>
+      </c>
+      <c r="G787" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H787" s="8" t="inlineStr">
         <is>
-          <t>- 14541</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I787" s="9"/>
       <c r="J787" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K787" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="788">
       <c r="A788" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B788" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C788" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D788" s="3"/>
       <c r="E788" s="6" t="n">
-        <v>81910</v>
+        <v>81754</v>
       </c>
       <c r="F788" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="G788" s="3"/>
       <c r="H788" s="8" t="inlineStr">
         <is>
-          <t>- 15097</t>
+          <t>- 14541</t>
         </is>
       </c>
       <c r="I788" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J788" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K788" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="789">
       <c r="A789" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B789" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C789" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D789" s="3"/>
       <c r="E789" s="6" t="n">
-        <v>81751</v>
+        <v>81910</v>
       </c>
       <c r="F789" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
-[...2 lines deleted...]
-      <c r="G789" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="G789" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H789" s="8" t="inlineStr">
         <is>
-          <t>- 14540</t>
+          <t>- 15097</t>
         </is>
       </c>
       <c r="I789" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J789" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K789" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="790">
       <c r="A790" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B790" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C790" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D790" s="3"/>
       <c r="E790" s="6" t="n">
-        <v>81779</v>
+        <v>81751</v>
       </c>
       <c r="F790" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія</t>
+        </is>
+      </c>
+      <c r="G790" s="3"/>
       <c r="H790" s="8" t="inlineStr">
         <is>
-          <t>- 14542</t>
+          <t>- 14540</t>
         </is>
       </c>
       <c r="I790" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J790" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K790" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="791">
       <c r="A791" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B791" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C791" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D791" s="3"/>
       <c r="E791" s="6" t="n">
-        <v>81782</v>
+        <v>81779</v>
       </c>
       <c r="F791" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G791" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H791" s="8" t="inlineStr">
         <is>
-          <t>- 15098</t>
+          <t>- 14542</t>
         </is>
       </c>
       <c r="I791" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J791" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K791" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="792">
       <c r="A792" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B792" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C792" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D792" s="3"/>
       <c r="E792" s="6" t="n">
-        <v>81786</v>
+        <v>81782</v>
       </c>
       <c r="F792" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G792" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H792" s="8" t="inlineStr">
         <is>
-          <t>- 13946</t>
+          <t>- 15098</t>
         </is>
       </c>
       <c r="I792" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J792" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K792" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="793">
       <c r="A793" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B793" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C793" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D793" s="3"/>
       <c r="E793" s="6" t="n">
-        <v>81791</v>
+        <v>81786</v>
       </c>
       <c r="F793" s="3" t="inlineStr">
         <is>
-          <t>Соціальні комунікації, журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G793" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H793" s="8" t="inlineStr">
         <is>
-          <t>- 15099</t>
+          <t>- 13946</t>
         </is>
       </c>
       <c r="I793" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J793" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K793" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="794">
       <c r="A794" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B794" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C794" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D794" s="3"/>
       <c r="E794" s="6" t="n">
-        <v>81799</v>
+        <v>81791</v>
       </c>
       <c r="F794" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Соціальні комунікації, журналістика</t>
         </is>
       </c>
       <c r="G794" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H794" s="8" t="inlineStr">
         <is>
-          <t>- 14543</t>
+          <t>- 15099</t>
         </is>
       </c>
       <c r="I794" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J794" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K794" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="795">
       <c r="A795" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B795" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C795" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D795" s="3"/>
       <c r="E795" s="6" t="n">
-        <v>81804</v>
+        <v>81799</v>
       </c>
       <c r="F795" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G795" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H795" s="8" t="inlineStr">
         <is>
-          <t>- 14544</t>
+          <t>- 14543</t>
         </is>
       </c>
       <c r="I795" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J795" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K795" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="796">
       <c r="A796" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B796" s="8" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C796" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D796" s="3"/>
       <c r="E796" s="6" t="n">
-        <v>83706</v>
+        <v>81804</v>
       </c>
       <c r="F796" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G796" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H796" s="8" t="inlineStr">
         <is>
-          <t>- 15100</t>
+          <t>- 14544</t>
         </is>
       </c>
       <c r="I796" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J796" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K796" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="797">
       <c r="A797" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B797" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C797" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D797" s="3"/>
       <c r="E797" s="6" t="n">
-        <v>79824</v>
+        <v>83706</v>
       </c>
       <c r="F797" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
-[...2 lines deleted...]
-      <c r="G797" s="3"/>
+          <t>Маркетинг</t>
+        </is>
+      </c>
+      <c r="G797" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H797" s="8" t="inlineStr">
         <is>
-          <t>- 15101</t>
+          <t>- 15100</t>
         </is>
       </c>
       <c r="I797" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J797" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K797" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="798">
       <c r="A798" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B798" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C798" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D798" s="3"/>
       <c r="E798" s="6" t="n">
-        <v>83389</v>
+        <v>79824</v>
       </c>
       <c r="F798" s="3" t="inlineStr">
         <is>
-          <t>Прикладна біологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="G798" s="3"/>
       <c r="H798" s="8" t="inlineStr">
         <is>
-          <t>- 14545</t>
+          <t>- 15101</t>
         </is>
       </c>
       <c r="I798" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J798" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K798" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="799">
       <c r="A799" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B799" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C799" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D799" s="3"/>
       <c r="E799" s="6" t="n">
-        <v>83393</v>
+        <v>83389</v>
       </c>
       <c r="F799" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Прикладна біологія</t>
         </is>
       </c>
       <c r="G799" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H799" s="8" t="inlineStr">
         <is>
-          <t>- 15102</t>
+          <t>- 14545</t>
         </is>
       </c>
       <c r="I799" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J799" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K799" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="800">
       <c r="A800" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B800" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C800" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D800" s="3"/>
       <c r="E800" s="6" t="n">
-        <v>83396</v>
+        <v>83393</v>
       </c>
       <c r="F800" s="3" t="inlineStr">
         <is>
-          <t>Фізика</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G800" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H800" s="8" t="inlineStr">
         <is>
-          <t>- 15103</t>
+          <t>- 15102</t>
         </is>
       </c>
       <c r="I800" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J800" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K800" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="801">
       <c r="A801" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B801" s="8" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C801" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D801" s="3"/>
       <c r="E801" s="6" t="n">
-        <v>83408</v>
+        <v>83396</v>
       </c>
       <c r="F801" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика</t>
+          <t>Фізика</t>
         </is>
       </c>
       <c r="G801" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H801" s="8" t="inlineStr">
         <is>
-          <t>- 15104</t>
+          <t>- 15103</t>
         </is>
       </c>
       <c r="I801" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J801" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K801" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="802">
       <c r="A802" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B802" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C802" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D802" s="3"/>
       <c r="E802" s="6" t="n">
-        <v>83414</v>
+        <v>83408</v>
       </c>
       <c r="F802" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна фізика</t>
         </is>
       </c>
       <c r="G802" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H802" s="8" t="inlineStr">
         <is>
-          <t>- 15105</t>
+          <t>- 15104</t>
         </is>
       </c>
       <c r="I802" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J802" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K802" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="803">
       <c r="A803" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B803" s="8" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C803" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D803" s="3"/>
       <c r="E803" s="6" t="n">
-        <v>83428</v>
+        <v>83414</v>
       </c>
       <c r="F803" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G803" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H803" s="8" t="inlineStr">
         <is>
-          <t>- 15106</t>
+          <t>- 15105</t>
         </is>
       </c>
       <c r="I803" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J803" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K803" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="804">
       <c r="A804" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B804" s="8" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C804" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D804" s="3"/>
       <c r="E804" s="6" t="n">
-        <v>81872</v>
+        <v>83428</v>
       </c>
       <c r="F804" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G804" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H804" s="8" t="inlineStr">
         <is>
-          <t>- 14546</t>
+          <t>- 15106</t>
         </is>
       </c>
       <c r="I804" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J804" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K804" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="805">
       <c r="A805" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B805" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C805" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D805" s="3"/>
       <c r="E805" s="6" t="n">
-        <v>83557</v>
+        <v>81872</v>
       </c>
       <c r="F805" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G805" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H805" s="8" t="inlineStr">
         <is>
-          <t>- 15107</t>
+          <t>- 14546</t>
         </is>
       </c>
       <c r="I805" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J805" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K805" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="806">
       <c r="A806" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B806" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C806" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D806" s="3"/>
       <c r="E806" s="6" t="n">
-        <v>83566</v>
+        <v>83557</v>
       </c>
       <c r="F806" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Комп'ютерні системи і технології спеціального зв'язку</t>
         </is>
       </c>
       <c r="G806" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H806" s="8" t="inlineStr">
         <is>
-          <t>- 15108</t>
+          <t>- 15107</t>
         </is>
       </c>
       <c r="I806" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J806" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K806" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="807">
       <c r="A807" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B807" s="8" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C807" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D807" s="3"/>
       <c r="E807" s="6" t="n">
-        <v>83571</v>
+        <v>83566</v>
       </c>
       <c r="F807" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G807" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H807" s="8" t="inlineStr">
         <is>
-          <t>- 15109</t>
+          <t>- 15108</t>
         </is>
       </c>
       <c r="I807" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J807" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K807" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="808">
       <c r="A808" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B808" s="8" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C808" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D808" s="3"/>
       <c r="E808" s="6" t="n">
-        <v>81878</v>
+        <v>83571</v>
       </c>
       <c r="F808" s="3" t="inlineStr">
         <is>
-          <t>Безпека державних інформаційних ресурсів</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="G808" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H808" s="8" t="inlineStr">
         <is>
-          <t>- 15110</t>
+          <t>- 15109</t>
         </is>
       </c>
       <c r="I808" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J808" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K808" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="809">
       <c r="A809" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B809" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C809" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D809" s="3"/>
       <c r="E809" s="6" t="n">
-        <v>81903</v>
+        <v>81878</v>
       </c>
       <c r="F809" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Безпека державних інформаційних ресурсів</t>
         </is>
       </c>
       <c r="G809" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H809" s="8" t="inlineStr">
         <is>
-          <t>- 15111</t>
+          <t>- 15110</t>
         </is>
       </c>
       <c r="I809" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J809" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K809" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="810">
       <c r="A810" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B810" s="8" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C810" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D810" s="3"/>
       <c r="E810" s="6" t="n">
-        <v>82961</v>
+        <v>81903</v>
       </c>
       <c r="F810" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G810" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H810" s="8" t="inlineStr">
         <is>
-          <t>- 15112</t>
+          <t>- 15111</t>
         </is>
       </c>
       <c r="I810" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J810" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K810" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="811">
       <c r="A811" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B811" s="8" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C811" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D811" s="3"/>
       <c r="E811" s="6" t="n">
-        <v>82970</v>
+        <v>82961</v>
       </c>
       <c r="F811" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G811" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H811" s="8" t="inlineStr">
         <is>
-          <t>- 15113</t>
+          <t>- 15112</t>
         </is>
       </c>
       <c r="I811" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J811" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K811" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="812">
       <c r="A812" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B812" s="8" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C812" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D812" s="3"/>
       <c r="E812" s="6" t="n">
-        <v>82978</v>
+        <v>82970</v>
       </c>
       <c r="F812" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G812" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H812" s="8" t="inlineStr">
         <is>
-          <t>- 15114</t>
+          <t>- 15113</t>
         </is>
       </c>
       <c r="I812" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J812" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K812" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="813">
       <c r="A813" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B813" s="8" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C813" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D813" s="3"/>
       <c r="E813" s="6" t="n">
-        <v>83661</v>
+        <v>82978</v>
       </c>
       <c r="F813" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G813" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H813" s="8" t="inlineStr">
         <is>
-          <t>- 15124</t>
+          <t>- 15114</t>
         </is>
       </c>
       <c r="I813" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J813" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K813" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="814">
       <c r="A814" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B814" s="8" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C814" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D814" s="3"/>
       <c r="E814" s="6" t="n">
-        <v>84088</v>
+        <v>83661</v>
       </c>
       <c r="F814" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="G814" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H814" s="8" t="inlineStr">
         <is>
-          <t>- 15125</t>
+          <t>- 15124</t>
         </is>
       </c>
       <c r="I814" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J814" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K814" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="815">
       <c r="A815" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B815" s="8" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C815" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D815" s="3"/>
       <c r="E815" s="6" t="n">
-        <v>83683</v>
+        <v>84088</v>
       </c>
       <c r="F815" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G815" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H815" s="8" t="inlineStr">
         <is>
-          <t>- 14550</t>
+          <t>- 15125</t>
         </is>
       </c>
       <c r="I815" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J815" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K815" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="816">
       <c r="A816" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B816" s="8" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C816" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D816" s="3"/>
       <c r="E816" s="6" t="n">
-        <v>83686</v>
+        <v>83683</v>
       </c>
       <c r="F816" s="3" t="inlineStr">
         <is>
-          <t>Системи керування літальними апаратами та комплексами</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G816" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H816" s="8" t="inlineStr">
         <is>
-          <t>- 14551</t>
+          <t>- 14550</t>
         </is>
       </c>
       <c r="I816" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J816" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K816" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="817">
       <c r="A817" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B817" s="8" t="inlineStr">
         <is>
-          <t>G16</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C817" s="3" t="inlineStr">
         <is>
-          <t>Гірництво та нафтогазові технології</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D817" s="3"/>
       <c r="E817" s="6" t="n">
-        <v>83689</v>
+        <v>83686</v>
       </c>
       <c r="F817" s="3" t="inlineStr">
         <is>
-          <t>Геоінженерія</t>
+          <t>Системи керування літальними апаратами та комплексами</t>
         </is>
       </c>
       <c r="G817" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H817" s="8" t="inlineStr">
         <is>
-          <t>- 14552</t>
+          <t>- 14551</t>
         </is>
       </c>
       <c r="I817" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J817" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K817" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="818">
       <c r="A818" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B818" s="8" t="inlineStr">
         <is>
-          <t>G20</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C818" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D818" s="3"/>
       <c r="E818" s="6" t="n">
-        <v>83692</v>
+        <v>83689</v>
       </c>
       <c r="F818" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Геоінженерія</t>
         </is>
       </c>
       <c r="G818" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H818" s="8" t="inlineStr">
         <is>
-          <t>- 15126</t>
+          <t>- 14552</t>
         </is>
       </c>
       <c r="I818" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J818" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K818" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="819">
       <c r="A819" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B819" s="8" t="inlineStr">
         <is>
-          <t>G21</t>
+          <t>G20</t>
         </is>
       </c>
       <c r="C819" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D819" s="3"/>
       <c r="E819" s="6" t="n">
-        <v>83696</v>
+        <v>83692</v>
       </c>
       <c r="F819" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="G819" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H819" s="8" t="inlineStr">
         <is>
-          <t>- 14553</t>
+          <t>- 15126</t>
         </is>
       </c>
       <c r="I819" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J819" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K819" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="820">
       <c r="A820" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B820" s="8" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>G21</t>
         </is>
       </c>
       <c r="C820" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D820" s="3"/>
       <c r="E820" s="6" t="n">
-        <v>83700</v>
+        <v>83696</v>
       </c>
       <c r="F820" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Біотехнології</t>
         </is>
       </c>
       <c r="G820" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H820" s="8" t="inlineStr">
         <is>
-          <t>- 15127</t>
+          <t>- 14553</t>
         </is>
       </c>
       <c r="I820" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J820" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K820" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="821">
       <c r="A821" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B821" s="8" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C821" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D821" s="3"/>
       <c r="E821" s="6" t="n">
-        <v>83595</v>
+        <v>83700</v>
       </c>
       <c r="F821" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G821" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H821" s="8" t="inlineStr">
         <is>
-          <t>- 14547</t>
+          <t>- 15127</t>
         </is>
       </c>
       <c r="I821" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J821" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K821" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="822">
       <c r="A822" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B822" s="8" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C822" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D822" s="3"/>
       <c r="E822" s="6" t="n">
-        <v>79823</v>
+        <v>83595</v>
       </c>
       <c r="F822" s="3" t="inlineStr">
         <is>
-          <t>Атомна енергетика</t>
-[...2 lines deleted...]
-      <c r="G822" s="3"/>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
+        </is>
+      </c>
+      <c r="G822" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H822" s="8" t="inlineStr">
         <is>
-          <t>- 15115</t>
+          <t>- 14547</t>
         </is>
       </c>
       <c r="I822" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J822" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K822" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="823">
       <c r="A823" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B823" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C823" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D823" s="3"/>
       <c r="E823" s="6" t="n">
-        <v>83878</v>
+        <v>79823</v>
       </c>
       <c r="F823" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
-[...6 lines deleted...]
-      </c>
+          <t>Атомна енергетика</t>
+        </is>
+      </c>
+      <c r="G823" s="3"/>
       <c r="H823" s="8" t="inlineStr">
         <is>
-          <t>- 15116</t>
+          <t>- 15115</t>
         </is>
       </c>
       <c r="I823" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J823" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K823" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="824">
       <c r="A824" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B824" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C824" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D824" s="3"/>
       <c r="E824" s="6" t="n">
-        <v>84133</v>
+        <v>83878</v>
       </c>
       <c r="F824" s="3" t="inlineStr">
         <is>
-          <t>Відновлювані джерела енергії та гідроенергетика</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G824" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H824" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I824" s="9"/>
+          <t>- 15116</t>
+        </is>
+      </c>
+      <c r="I824" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J824" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K824" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="825">
       <c r="A825" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B825" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C825" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D825" s="3"/>
       <c r="E825" s="6" t="n">
-        <v>88274</v>
+        <v>84133</v>
       </c>
       <c r="F825" s="3" t="inlineStr">
         <is>
-          <t>Енергогенеруюче обладнання та системи термостабілізації</t>
-[...2 lines deleted...]
-      <c r="G825" s="3"/>
+          <t>Відновлювані джерела енергії та гідроенергетика</t>
+        </is>
+      </c>
+      <c r="G825" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H825" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I825" s="9"/>
       <c r="J825" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K825" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="826">
       <c r="A826" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B826" s="8" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C826" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D826" s="3"/>
       <c r="E826" s="6" t="n">
-        <v>83604</v>
+        <v>88274</v>
       </c>
       <c r="F826" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
-[...6 lines deleted...]
-      </c>
+          <t>Енергогенеруюче обладнання та системи термостабілізації</t>
+        </is>
+      </c>
+      <c r="G826" s="3"/>
       <c r="H826" s="8" t="inlineStr">
         <is>
-          <t>- 14548</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I826" s="9"/>
       <c r="J826" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K826" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="827">
       <c r="A827" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B827" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C827" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D827" s="3"/>
       <c r="E827" s="6" t="n">
-        <v>83607</v>
+        <v>83604</v>
       </c>
       <c r="F827" s="3" t="inlineStr">
         <is>
-          <t>Спеціальні системи електронних комунікацій</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="G827" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H827" s="8" t="inlineStr">
         <is>
-          <t>- 15117</t>
+          <t>- 14548</t>
         </is>
       </c>
       <c r="I827" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J827" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K827" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="828">
       <c r="A828" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B828" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C828" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D828" s="3"/>
       <c r="E828" s="6" t="n">
-        <v>83625</v>
+        <v>83607</v>
       </c>
       <c r="F828" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Спеціальні системи електронних комунікацій</t>
         </is>
       </c>
       <c r="G828" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H828" s="8" t="inlineStr">
         <is>
-          <t>- 15118</t>
+          <t>- 15117</t>
         </is>
       </c>
       <c r="I828" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J828" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K828" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="829">
       <c r="A829" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B829" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C829" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D829" s="3"/>
       <c r="E829" s="6" t="n">
-        <v>83631</v>
+        <v>83625</v>
       </c>
       <c r="F829" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G829" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H829" s="8" t="inlineStr">
         <is>
-          <t>- 15119</t>
+          <t>- 15118</t>
         </is>
       </c>
       <c r="I829" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J829" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K829" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="830">
       <c r="A830" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B830" s="8" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C830" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D830" s="3"/>
       <c r="E830" s="6" t="n">
-        <v>83634</v>
+        <v>83631</v>
       </c>
       <c r="F830" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="G830" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H830" s="8" t="inlineStr">
         <is>
-          <t>- 15120</t>
+          <t>- 15119</t>
         </is>
       </c>
       <c r="I830" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J830" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K830" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="831">
       <c r="A831" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B831" s="8" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C831" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D831" s="3"/>
       <c r="E831" s="6" t="n">
-        <v>83640</v>
+        <v>83634</v>
       </c>
       <c r="F831" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G831" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H831" s="8" t="inlineStr">
         <is>
-          <t>- 15121</t>
+          <t>- 15120</t>
         </is>
       </c>
       <c r="I831" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J831" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K831" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="832">
       <c r="A832" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B832" s="8" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C832" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D832" s="3"/>
       <c r="E832" s="6" t="n">
-        <v>83642</v>
+        <v>83640</v>
       </c>
       <c r="F832" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G832" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H832" s="8" t="inlineStr">
         <is>
-          <t>- 15122</t>
+          <t>- 15121</t>
         </is>
       </c>
       <c r="I832" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J832" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K832" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="833">
       <c r="A833" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B833" s="8" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C833" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D833" s="3"/>
       <c r="E833" s="6" t="n">
-        <v>83658</v>
+        <v>83642</v>
       </c>
       <c r="F833" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G833" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H833" s="8" t="inlineStr">
         <is>
-          <t>- 15123</t>
+          <t>- 15122</t>
         </is>
       </c>
       <c r="I833" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J833" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K833" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="834">
       <c r="A834" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B834" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C834" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D834" s="3"/>
       <c r="E834" s="6" t="n">
-        <v>83704</v>
+        <v>83658</v>
       </c>
       <c r="F834" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="G834" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H834" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I834" s="9"/>
+          <t>- 15123</t>
+        </is>
+      </c>
+      <c r="I834" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J834" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K834" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="835">
       <c r="A835" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B835" s="8" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C835" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D835" s="3"/>
       <c r="E835" s="6" t="n">
+        <v>83704</v>
+      </c>
+      <c r="F835" s="3" t="inlineStr">
+        <is>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="G835" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H835" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I835" s="9"/>
+      <c r="J835" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K835" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="836">
+      <c r="A836" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B836" s="8" t="inlineStr">
+        <is>
+          <t>I7</t>
+        </is>
+      </c>
+      <c r="C836" s="3" t="inlineStr">
+        <is>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D836" s="3"/>
+      <c r="E836" s="6" t="n">
         <v>78712</v>
       </c>
-      <c r="F835" s="3" t="inlineStr">
+      <c r="F836" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
-      <c r="G835" s="3" t="inlineStr">
+      <c r="G836" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
-      <c r="H835" s="8" t="inlineStr">
+      <c r="H836" s="8" t="inlineStr">
         <is>
           <t>- 15128</t>
         </is>
       </c>
-      <c r="I835" s="9" t="n">
+      <c r="I836" s="9" t="n">
         <v>47665</v>
       </c>
-      <c r="J835" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K835" s="9"/>
+      <c r="J836" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K836" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:K835"/>
+  <autoFilter ref="A1:K836"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I278"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -40511,88 +40552,88 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -40659,125 +40700,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
@@ -40799,54 +40840,54 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>14</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -40865,129 +40906,129 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
@@ -40997,87 +41038,87 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -41162,186 +41203,186 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>E6</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>490</v>
+        <v>469</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
-        <v>64</v>
+        <v>54</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>229</v>
+        <v>214</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
@@ -41360,153 +41401,153 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
@@ -41529,117 +41570,117 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
@@ -41661,84 +41702,84 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
@@ -41760,339 +41801,339 @@
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Відновлювані джерела енергії та гідроенергетика</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>224</v>
+        <v>202</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>262</v>
+        <v>237</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>4</v>
       </c>
@@ -42106,330 +42147,330 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>37</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -42448,216 +42489,216 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>567</v>
+        <v>537</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
@@ -42679,645 +42720,645 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>748</v>
+        <v>728</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>31</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
@@ -43339,216 +43380,216 @@
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>58</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
@@ -43570,381 +43611,381 @@
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>502</v>
+        <v>471</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -44003,124 +44044,124 @@
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F108" s="6" t="n">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -44224,51 +44265,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -44291,120 +44332,120 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -44456,84 +44497,84 @@
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>E5</t>
         </is>
       </c>
@@ -44621,282 +44662,282 @@
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="F126" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="F129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F131" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
@@ -44922,87 +44963,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D133" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E133" s="6" t="n">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
@@ -45054,426 +45095,426 @@
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="E141" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E142" s="6" t="n">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>Відновлювані джерела енергії та гідроенергетика</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>170</v>
+        <v>151</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F147" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -45598,51 +45639,51 @@
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -45763,84 +45804,84 @@
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -45862,51 +45903,51 @@
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -45928,150 +45969,150 @@
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
@@ -46093,51 +46134,51 @@
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -46258,51 +46299,51 @@
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
@@ -46324,117 +46365,117 @@
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="8" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
@@ -46460,51 +46501,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D179" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E179" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -46826,51 +46867,51 @@
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F190" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -47747,51 +47788,51 @@
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F218" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I218" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -47912,51 +47953,51 @@
       <c r="H222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I222" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H223" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I223" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B224" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -48047,180 +48088,180 @@
       <c r="I226" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B227" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F227" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H227" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I227" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B228" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H228" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I228" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B229" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F229" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H229" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I229" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B230" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H230" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I230" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B231" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F231" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H231" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I231" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B232" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
@@ -48407,84 +48448,84 @@
       <c r="H237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I237" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B238" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F238" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G238" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H238" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I238" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B239" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F239" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H239" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I239" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B240" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -48539,51 +48580,51 @@
       <c r="H241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I241" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B242" s="8" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I242" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B243" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -48671,117 +48712,117 @@
       <c r="H245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I245" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B246" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F246" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H246" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I246" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B247" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H247" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I247" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B248" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F248" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H248" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I248" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B249" s="8" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
@@ -48836,51 +48877,51 @@
       <c r="H250" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I250" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B251" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F251" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H251" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I251" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B252" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
@@ -48905,51 +48946,51 @@
       <c r="I252" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B253" s="8" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
           <t>Атомна енергетика</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F253" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G253" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H253" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I253" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B254" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
@@ -48968,60 +49009,60 @@
       <c r="H254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I254" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B255" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H255" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I255" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B256" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
         <v>3</v>
       </c>
@@ -49067,84 +49108,84 @@
       <c r="H257" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I257" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B258" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F258" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G258" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H258" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I258" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B259" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F259" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H259" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I259" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B260" s="8" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
@@ -49301,81 +49342,81 @@
       <c r="I264" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B265" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D265" s="3"/>
       <c r="E265" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F265" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G265" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H265" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I265" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B266" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F266" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G266" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H266" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I266" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B267" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>