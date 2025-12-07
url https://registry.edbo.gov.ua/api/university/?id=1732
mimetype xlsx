--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -13,61 +13,61 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ФПВО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ПТО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$6</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$18</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$12</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
@@ -578,51 +578,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>60</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
@@ -900,51 +900,51 @@
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -1970,51 +1970,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>J1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Послуги краси</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -2152,122 +2152,122 @@
       <c r="B2" s="8" t="n">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер
 5122 Кухар дитячого харчування</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>26</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен
 5122 Кухар</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>136</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
@@ -2291,98 +2291,98 @@
       </c>
       <c r="B8" s="8" t="n">
         <v>53</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник
 5141 Педикюрник</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
         <v>86</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7439 Майстер з пошиття одягу</t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>0</v>