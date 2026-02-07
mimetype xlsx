--- v1 (2025-12-07)
+++ v2 (2026-02-07)
@@ -2040,51 +2040,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -2152,74 +2152,74 @@
       <c r="B2" s="8" t="n">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер
 5122 Кухар дитячого харчування</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>26</v>
       </c>
@@ -2245,51 +2245,51 @@
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>72</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Пастижер</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>53</v>
       </c>
       <c r="C8" s="8" t="n">
@@ -2338,51 +2338,51 @@
       </c>
       <c r="B10" s="8" t="n">
         <v>86</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7439 Майстер з пошиття одягу</t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>0</v>