--- v2 (2026-02-07)
+++ v3 (2026-03-31)
@@ -26,51 +26,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ПТО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$18</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$8</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$12</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -246,51 +246,55 @@
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>ЗП (ПТ) О "Львівський ПК МРС"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
-      <c r="B5" s="3"/>
+      <c r="B5" s="3" t="inlineStr">
+        <is>
+          <t>Vocational (professional-technical) education institution "Lviv professional college of modeling and restaurant business"</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>1955</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
@@ -471,51 +475,51 @@
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:A2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Міжрегіональний центр професійно-технічної освіти художнього моделювання і дизайну м. Львова</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Львівський професійний коледж моделювання і ресторанної справи"</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:A2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
@@ -1852,51 +1856,51 @@
       <c r="I8" s="9"/>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -2007,100 +2011,67 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>57</v>
+        <v>1</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I5"/>
+  <autoFilter ref="A1:I4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
@@ -2175,51 +2146,51 @@
       </c>
       <c r="B3" s="8" t="n">
         <v>2</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер
 5122 Кухар дитячого харчування</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>26</v>
       </c>
@@ -2268,121 +2239,121 @@
       </c>
       <c r="B7" s="8" t="n">
         <v>137</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Пастижер</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
         <v>56</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник
 5141 Педикюрник</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7439 Майстер з пошиття одягу</t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>0</v>